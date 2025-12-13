--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,91 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Výsledky hráčů družstva -- volný los -- na kuželně Bohušovice</t>
   </si>
   <si>
     <t>Ivan Čeloud</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>6.4.2018</t>
   </si>
   <si>
     <t>16.3.2018</t>
   </si>
   <si>
     <t>2.3.2018</t>
   </si>
   <si>
     <t>2.2.2018</t>
   </si>
   <si>
     <t>1.12.2017</t>
   </si>
   <si>
     <t>18.11.2017</t>
   </si>
   <si>
     <t>29.9.2017</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Josef Devera ml.</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
@@ -140,180 +143,180 @@
   <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
+    <t>Petr Prouza st.</t>
+  </si>
+  <si>
+    <t>3.3.2023</t>
+  </si>
+  <si>
+    <t>25.2.2022</t>
+  </si>
+  <si>
+    <t>4.2.2022</t>
+  </si>
+  <si>
+    <t>14.1.2022</t>
+  </si>
+  <si>
+    <t>19.10.2018</t>
+  </si>
+  <si>
+    <t>14.9.2018</t>
+  </si>
+  <si>
+    <t>16.2.2018</t>
+  </si>
+  <si>
+    <t>3.11.2017</t>
+  </si>
+  <si>
+    <t>20.10.2017</t>
+  </si>
+  <si>
+    <t>15.9.2017</t>
+  </si>
+  <si>
+    <t>Pavel Novák</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>2.10.2018</t>
+  </si>
+  <si>
+    <t>12.1.2018</t>
+  </si>
+  <si>
+    <t>Vladimír Chrpa</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>6.3.2020</t>
+  </si>
+  <si>
+    <t>21.2.2020</t>
+  </si>
+  <si>
+    <t>22.11.2019</t>
+  </si>
+  <si>
+    <t>8.11.2019</t>
+  </si>
+  <si>
+    <t>25.10.2019</t>
+  </si>
+  <si>
+    <t>18.10.2019</t>
+  </si>
+  <si>
+    <t>4.10.2019</t>
+  </si>
+  <si>
+    <t>5.4.2019</t>
+  </si>
+  <si>
+    <t>23.3.2019</t>
+  </si>
+  <si>
+    <t>22.3.2019</t>
+  </si>
+  <si>
+    <t>1.3.2019</t>
+  </si>
+  <si>
+    <t>15.2.2019</t>
+  </si>
+  <si>
+    <t>1.2.2019</t>
+  </si>
+  <si>
+    <t>11.1.2019</t>
+  </si>
+  <si>
+    <t>30.11.2018</t>
+  </si>
+  <si>
+    <t>28.9.2018</t>
+  </si>
+  <si>
+    <t>15.9.2018</t>
+  </si>
+  <si>
+    <t>9.3.2018</t>
+  </si>
+  <si>
+    <t>23.2.2018</t>
+  </si>
+  <si>
+    <t>9.2.2018</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>24.11.2017</t>
+  </si>
+  <si>
+    <t>10.11.2017</t>
+  </si>
+  <si>
+    <t>27.10.2017</t>
+  </si>
+  <si>
+    <t>Jiří Martínek</t>
+  </si>
+  <si>
+    <t>Sylva Vahalová</t>
+  </si>
+  <si>
     <t>21.10.2022</t>
-  </si>
-[...127 lines deleted...]
-    <t>Sylva Vahalová</t>
   </si>
   <si>
     <t>11.10.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>8.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
   </si>
@@ -982,182 +985,182 @@
       </c>
       <c r="AA7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="4">
+        <v>428</v>
+      </c>
+      <c r="D8" s="4">
         <v>379</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>434</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>406</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>411</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>385</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>418</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>374</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>415</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>403</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>411</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>482</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>487</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>372</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>361</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>392</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>431</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>423</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>433</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>412</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="X8" s="4">
         <v>382</v>
       </c>
       <c r="Y8" s="4">
+        <v>382</v>
+      </c>
+      <c r="Z8" s="4">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="AA8" s="4">
         <v>442</v>
       </c>
       <c r="AB8" s="4">
+        <v>442</v>
+      </c>
+      <c r="AC8" s="4">
         <v>454</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>372</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>401</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
         <v>100</v>
       </c>
       <c r="K9" s="6">
         <v>100</v>
       </c>
       <c r="L9" s="6">
         <v>100</v>
       </c>
-      <c r="M9" s="7">
-        <v>120</v>
+      <c r="M9" s="6">
+        <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>120</v>
       </c>
-      <c r="O9" s="6">
-        <v>100</v>
+      <c r="O9" s="7">
+        <v>120</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
       <c r="Q9" s="6">
         <v>100</v>
       </c>
       <c r="R9" s="6">
         <v>100</v>
       </c>
       <c r="S9" s="6">
         <v>100</v>
       </c>
       <c r="T9" s="6">
         <v>100</v>
       </c>
       <c r="U9" s="6">
         <v>100</v>
       </c>
       <c r="V9" s="6">
         <v>100</v>
       </c>
       <c r="W9" s="6">
         <v>100</v>
       </c>
@@ -1178,51 +1181,51 @@
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>8</v>
       </c>
@@ -1445,51 +1448,51 @@
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>65</v>
       </c>
@@ -1850,105 +1853,105 @@
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>72</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="4">
@@ -2087,90 +2090,90 @@
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>72</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="4">
         <v>401</v>
       </c>
       <c r="D32" s="4">
         <v>416</v>
       </c>
       <c r="E32" s="4">
         <v>393</v>
       </c>
       <c r="F32" s="4">
         <v>388</v>
       </c>
       <c r="G32" s="4">
@@ -2231,66 +2234,66 @@
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>56</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>53</v>
       </c>
@@ -2357,105 +2360,105 @@
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>63</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>65</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>70</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>73</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>78</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>53</v>
       </c>
@@ -2600,129 +2603,129 @@
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>59</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>69</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>72</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="4">
         <v>374</v>
       </c>
       <c r="D44" s="4">
         <v>376</v>
       </c>
       <c r="E44" s="4">
         <v>374</v>
       </c>
       <c r="F44" s="4">
         <v>352</v>
       </c>
       <c r="G44" s="4">
         <v>356</v>
       </c>
       <c r="H44" s="4">
         <v>353</v>
       </c>
       <c r="I44" s="4">
@@ -2843,138 +2846,138 @@
       </c>
       <c r="U45" s="6">
         <v>100</v>
       </c>
       <c r="V45" s="6">
         <v>100</v>
       </c>
       <c r="W45" s="6">
         <v>100</v>
       </c>
       <c r="X45" s="6">
         <v>100</v>
       </c>
       <c r="Y45" s="6">
         <v>100</v>
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="4">
         <v>349</v>
       </c>
       <c r="D48" s="4">
         <v>397</v>
       </c>
       <c r="E48" s="4">
         <v>389</v>
       </c>
       <c r="F48" s="4">
         <v>386</v>
       </c>
       <c r="G48" s="4">