--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,71 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Písek A na kuželně Tábor</t>
   </si>
   <si>
     <t>Petr Zítek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Marie Lukešová</t>
   </si>
   <si>
     <t>Jitka Korecká</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
     <t>Drahomíra Nedomová</t>
   </si>
   <si>
     <t>Iva Švejcarová</t>
   </si>
   <si>
     <t>Tomáš Brückler</t>
   </si>
   <si>
     <t>Alexandra Králová</t>
   </si>
   <si>
     <t>Petr Kolařík</t>
   </si>
   <si>
     <t>Jan Vaňata</t>
   </si>
   <si>
     <t>Pavel Sitter</t>
   </si>
@@ -170,57 +173,57 @@
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -487,333 +490,369 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C49"/>
+  <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" customHeight="1" ht="21">
+    <row r="1" spans="1:4" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
+    <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
+    <row r="4" spans="1:4">
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:3">
+    <row r="5" spans="1:4">
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="1:3">
+    <row r="7" spans="1:4">
       <c r="A7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="8" spans="1:3">
+    <row r="8" spans="1:4">
       <c r="B8" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="9" spans="1:3">
+    <row r="9" spans="1:4">
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="1:3">
+    <row r="11" spans="1:4">
       <c r="A11" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="5" t="s">
+      <c r="B11" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C11" s="6" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C12" s="6">
+      <c r="D11" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="B12" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C12" s="4">
+        <v>468</v>
+      </c>
+      <c r="D12" s="4">
         <v>451</v>
       </c>
     </row>
-    <row r="13" spans="1:3">
-[...7 lines deleted...]
-    <row r="15" spans="1:3">
+    <row r="13" spans="1:4">
+      <c r="B13" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="6">
+        <v>100</v>
+      </c>
+      <c r="D13" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
       <c r="A15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="5" t="s">
+    </row>
+    <row r="16" spans="1:4">
+      <c r="B16" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C16" s="4">
+        <v>408</v>
+      </c>
+      <c r="D16" s="4">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="B17" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="6">
+        <v>100</v>
+      </c>
+      <c r="D17" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="B20" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="4">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="B21" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="B24" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="B25" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C27" s="6" t="s">
         <v>7</v>
       </c>
-    </row>
-[...23 lines deleted...]
-      <c r="C19" s="5" t="s">
+      <c r="D27" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="B28" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C28" s="4">
+        <v>435</v>
+      </c>
+      <c r="D28" s="4">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="B29" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="6">
+        <v>100</v>
+      </c>
+      <c r="D29" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="6" t="s">
         <v>7</v>
       </c>
-    </row>
-[...49 lines deleted...]
-      <c r="C28" s="6">
+      <c r="D31" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="B32" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C32" s="4">
+        <v>377</v>
+      </c>
+      <c r="D32" s="4">
         <v>433</v>
       </c>
     </row>
-    <row r="29" spans="1:3">
-[...34 lines deleted...]
-    <row r="35" spans="1:3">
+    <row r="33" spans="1:4">
+      <c r="B33" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="6">
+        <v>100</v>
+      </c>
+      <c r="D33" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
       <c r="A35" s="2" t="s">
-        <v>13</v>
-[...12 lines deleted...]
-      <c r="C36" s="6">
+        <v>14</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="B36" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C36" s="4">
         <v>470</v>
       </c>
     </row>
-    <row r="37" spans="1:3">
-[...7 lines deleted...]
-    <row r="39" spans="1:3">
+    <row r="37" spans="1:4">
+      <c r="B37" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
       <c r="A39" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="40" spans="1:3">
+    <row r="40" spans="1:4">
       <c r="B40" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="41" spans="1:3">
+    <row r="41" spans="1:4">
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="43" spans="1:3">
+    <row r="43" spans="1:4">
       <c r="A43" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="44" spans="1:3">
+    <row r="44" spans="1:4">
       <c r="B44" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="45" spans="1:3">
+    <row r="45" spans="1:4">
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="47" spans="1:3">
+    <row r="47" spans="1:4">
       <c r="A47" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="48" spans="1:3">
+    <row r="48" spans="1:4">
       <c r="B48" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="49" spans="1:3">
+    <row r="49" spans="1:4">
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>