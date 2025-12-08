--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Výsledky hráčů družstva KK Lokomotiva Tábor B na kuželně Tábor</t>
   </si>
   <si>
     <t>Petr Klimek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>4.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
@@ -110,95 +113,95 @@
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>18.9.2020</t>
   </si>
   <si>
     <t>4.9.2020</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Pavel Kořínek</t>
+  </si>
+  <si>
+    <t>4.2.2022</t>
+  </si>
+  <si>
+    <t>Zdeněk Zeman</t>
+  </si>
+  <si>
+    <t>14.3.2025</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>15.2.2024</t>
+  </si>
+  <si>
+    <t>8.2.2024</t>
+  </si>
+  <si>
+    <t>1.2.2024</t>
+  </si>
+  <si>
+    <t>18.1.2024</t>
+  </si>
+  <si>
+    <t>15.12.2023</t>
+  </si>
+  <si>
+    <t>30.11.2023</t>
+  </si>
+  <si>
+    <t>12.10.2023</t>
+  </si>
+  <si>
     <t>28.2.2020</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...40 lines deleted...]
-  <si>
     <t>14.2.2020</t>
   </si>
   <si>
     <t>Vladimír Kučera</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
@@ -233,210 +236,210 @@
   <si>
     <t>29.2.2024</t>
   </si>
   <si>
     <t>14.12.2023</t>
   </si>
   <si>
     <t>7.12.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>2.11.2023</t>
   </si>
   <si>
     <t>16.3.2023</t>
   </si>
   <si>
     <t>27.2.2023</t>
   </si>
   <si>
     <t>23.2.2023</t>
   </si>
   <si>
+    <t>Jolana Jelínková</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>1.12.2019</t>
+  </si>
+  <si>
+    <t>23.11.2019</t>
+  </si>
+  <si>
+    <t>10.11.2019</t>
+  </si>
+  <si>
+    <t>3.11.2019</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>13.10.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>15.9.2019</t>
+  </si>
+  <si>
+    <t>1.3.2019</t>
+  </si>
+  <si>
+    <t>1.2.2019</t>
+  </si>
+  <si>
+    <t>13.1.2019</t>
+  </si>
+  <si>
+    <t>11.11.2018</t>
+  </si>
+  <si>
+    <t>4.11.2018</t>
+  </si>
+  <si>
+    <t>19.10.2018</t>
+  </si>
+  <si>
+    <t>30.9.2018</t>
+  </si>
+  <si>
+    <t>Martin Jinda</t>
+  </si>
+  <si>
+    <t>26.9.2025</t>
+  </si>
+  <si>
+    <t>12.11.2022</t>
+  </si>
+  <si>
+    <t>31.1.2020</t>
+  </si>
+  <si>
+    <t>16.1.2020</t>
+  </si>
+  <si>
+    <t>5.12.2019</t>
+  </si>
+  <si>
+    <t>29.11.2019</t>
+  </si>
+  <si>
+    <t>14.11.2019</t>
+  </si>
+  <si>
+    <t>7.11.2019</t>
+  </si>
+  <si>
+    <t>Marie Myslivcová</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>10.4.2022</t>
+  </si>
+  <si>
+    <t>20.3.2022</t>
+  </si>
+  <si>
+    <t>27.2.2022</t>
+  </si>
+  <si>
+    <t>20.2.2022</t>
+  </si>
+  <si>
+    <t>14.11.2021</t>
+  </si>
+  <si>
+    <t>31.10.2021</t>
+  </si>
+  <si>
+    <t>24.10.2021</t>
+  </si>
+  <si>
+    <t>27.9.2020</t>
+  </si>
+  <si>
+    <t>20.9.2020</t>
+  </si>
+  <si>
+    <t>6.9.2020</t>
+  </si>
+  <si>
+    <t>8.3.2020</t>
+  </si>
+  <si>
+    <t>Natálie Lojdová</t>
+  </si>
+  <si>
+    <t>17.2.2022</t>
+  </si>
+  <si>
+    <t>13.1.2022</t>
+  </si>
+  <si>
+    <t>6.1.2022</t>
+  </si>
+  <si>
+    <t>16.12.2021</t>
+  </si>
+  <si>
+    <t>25.11.2021</t>
+  </si>
+  <si>
+    <t>21.10.2021</t>
+  </si>
+  <si>
+    <t>16.2.2020</t>
+  </si>
+  <si>
+    <t>10.10.2019</t>
+  </si>
+  <si>
+    <t>22.9.2019</t>
+  </si>
+  <si>
+    <t>Ctibor Cabadaj</t>
+  </si>
+  <si>
+    <t>12.11.2024</t>
+  </si>
+  <si>
     <t>26.1.2023</t>
-  </si>
-[...157 lines deleted...]
-    <t>12.11.2024</t>
   </si>
   <si>
     <t>5.1.2023</t>
   </si>
   <si>
     <t>15.12.2022</t>
   </si>
   <si>
     <t>1.12.2022</t>
   </si>
   <si>
     <t>24.11.2022</t>
   </si>
   <si>
     <t>13.10.2022</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>Viktorie Lojdová</t>
   </si>
   <si>
     <t>14.3.2024</t>
   </si>
@@ -991,138 +994,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="4">
         <v>412</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>388</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>422</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>392</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>414</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>406</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>458</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>411</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>442</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>434</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>431</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>422</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>457</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>383</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>415</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>414</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>416</v>
       </c>
-      <c r="T4" s="5">
+      <c r="U4" s="5">
         <v>503</v>
       </c>
-      <c r="U4" s="5">
+      <c r="V4" s="5">
         <v>557</v>
       </c>
-      <c r="V4" s="5">
+      <c r="W4" s="5">
         <v>519</v>
       </c>
-      <c r="W4" s="5">
+      <c r="X4" s="5">
         <v>546</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>550</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>588</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>533</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>553</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>541</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>477</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>517</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="7">
         <v>100</v>
       </c>
       <c r="D5" s="7">
         <v>100</v>
       </c>
       <c r="E5" s="7">
         <v>100</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="7">
         <v>100</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
       <c r="I5" s="7">
@@ -1136,52 +1139,52 @@
       </c>
       <c r="L5" s="7">
         <v>100</v>
       </c>
       <c r="M5" s="7">
         <v>100</v>
       </c>
       <c r="N5" s="7">
         <v>100</v>
       </c>
       <c r="O5" s="7">
         <v>100</v>
       </c>
       <c r="P5" s="7">
         <v>100</v>
       </c>
       <c r="Q5" s="7">
         <v>100</v>
       </c>
       <c r="R5" s="7">
         <v>100</v>
       </c>
       <c r="S5" s="7">
         <v>100</v>
       </c>
-      <c r="T5" s="5">
-        <v>120</v>
+      <c r="T5" s="7">
+        <v>100</v>
       </c>
       <c r="U5" s="5">
         <v>120</v>
       </c>
       <c r="V5" s="5">
         <v>120</v>
       </c>
       <c r="W5" s="5">
         <v>120</v>
       </c>
       <c r="X5" s="5">
         <v>120</v>
       </c>
       <c r="Y5" s="5">
         <v>120</v>
       </c>
       <c r="Z5" s="5">
         <v>120</v>
       </c>
       <c r="AA5" s="5">
         <v>120</v>
       </c>
       <c r="AB5" s="5">
         <v>120</v>
       </c>
@@ -1238,179 +1241,179 @@
       <c r="M7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>17</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>18</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>19</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>20</v>
       </c>
       <c r="U7" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>23</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>24</v>
       </c>
       <c r="X7" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="Y7" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>149</v>
+      </c>
+      <c r="D8" s="4">
         <v>437</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>429</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>442</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>428</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>436</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>425</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>423</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>403</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>485</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>403</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>415</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>400</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>425</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>414</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>435</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>399</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>391</v>
       </c>
-      <c r="T8" s="5">
+      <c r="U8" s="5">
         <v>530</v>
       </c>
-      <c r="U8" s="5">
+      <c r="V8" s="5">
         <v>520</v>
       </c>
-      <c r="V8" s="5">
+      <c r="W8" s="5">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="X8" s="5">
         <v>545</v>
       </c>
       <c r="Y8" s="5">
+        <v>545</v>
+      </c>
+      <c r="Z8" s="5">
         <v>550</v>
       </c>
-      <c r="Z8" s="5">
+      <c r="AA8" s="5">
         <v>508</v>
       </c>
-      <c r="AA8" s="5">
+      <c r="AB8" s="5">
         <v>514</v>
       </c>
-      <c r="AB8" s="5">
+      <c r="AC8" s="5">
         <v>505</v>
       </c>
-      <c r="AC8" s="5">
+      <c r="AD8" s="5">
         <v>548</v>
       </c>
-      <c r="AD8" s="5">
+      <c r="AE8" s="5">
         <v>544</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
@@ -1424,186 +1427,186 @@
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
       <c r="P9" s="7">
         <v>100</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
       <c r="S9" s="7">
         <v>100</v>
       </c>
-      <c r="T9" s="5">
-        <v>120</v>
+      <c r="T9" s="7">
+        <v>100</v>
       </c>
       <c r="U9" s="5">
         <v>120</v>
       </c>
       <c r="V9" s="5">
         <v>120</v>
       </c>
       <c r="W9" s="5">
         <v>120</v>
       </c>
       <c r="X9" s="5">
         <v>120</v>
       </c>
       <c r="Y9" s="5">
         <v>120</v>
       </c>
       <c r="Z9" s="5">
         <v>120</v>
       </c>
       <c r="AA9" s="5">
         <v>120</v>
       </c>
       <c r="AB9" s="5">
         <v>120</v>
       </c>
       <c r="AC9" s="5">
         <v>120</v>
       </c>
       <c r="AD9" s="5">
         <v>120</v>
       </c>
       <c r="AE9" s="5">
         <v>120</v>
       </c>
       <c r="AF9" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J11" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="N11" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>39</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>40</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>41</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>42</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>43</v>
       </c>
       <c r="W11" s="7" t="s">
         <v>44</v>
       </c>
       <c r="X11" s="7" t="s">
         <v>45</v>
       </c>
       <c r="Y11" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AA11" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AD11" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>471</v>
       </c>
       <c r="D12" s="4">
         <v>431</v>
       </c>
       <c r="E12" s="4">
         <v>417</v>
       </c>
       <c r="F12" s="4">
         <v>451</v>
       </c>
       <c r="G12" s="4">
         <v>438</v>
       </c>
       <c r="H12" s="4">
         <v>434</v>
       </c>
       <c r="I12" s="4">
@@ -1754,144 +1757,144 @@
       </c>
       <c r="Z13" s="5">
         <v>120</v>
       </c>
       <c r="AA13" s="5">
         <v>120</v>
       </c>
       <c r="AB13" s="5">
         <v>120</v>
       </c>
       <c r="AC13" s="5">
         <v>120</v>
       </c>
       <c r="AD13" s="5">
         <v>120</v>
       </c>
       <c r="AE13" s="5">
         <v>120</v>
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>38</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>39</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="V15" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA15" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AB15" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AD15" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE15" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
         <v>562</v>
       </c>
       <c r="D16" s="5">
         <v>576</v>
       </c>
       <c r="E16" s="5">
         <v>549</v>
       </c>
       <c r="F16" s="5">
         <v>529</v>
       </c>
       <c r="G16" s="5">
         <v>558</v>
       </c>
       <c r="H16" s="4">
         <v>466</v>
       </c>
       <c r="I16" s="4">
@@ -2042,239 +2045,239 @@
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="5">
         <v>120</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>18</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="S19" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="T19" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>67</v>
       </c>
       <c r="Y19" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z19" s="7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>69</v>
       </c>
       <c r="AB19" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC19" s="7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>156</v>
+      </c>
+      <c r="D20" s="4">
         <v>386</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>416</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>383</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>418</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>409</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>432</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>416</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>432</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>427</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>431</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>446</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>391</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>472</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>429</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>423</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>387</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>399</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>465</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>401</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>413</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>395</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>401</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>380</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>420</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>375</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>423</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>380</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>433</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2342,72 +2345,72 @@
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>78</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>79</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>80</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>81</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>82</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>83</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>84</v>
       </c>
@@ -2588,105 +2591,105 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>39</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>94</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>95</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>96</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>97</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>98</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>99</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>79</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>100</v>
       </c>
@@ -2882,99 +2885,99 @@
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>103</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>93</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>38</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>104</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>105</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>106</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>107</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>108</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>109</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>110</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>111</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>112</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>113</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>114</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>77</v>
       </c>
@@ -3164,66 +3167,66 @@
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>102</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>103</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>39</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>116</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>117</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>118</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>119</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>120</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>121</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>111</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>113</v>
       </c>
@@ -3383,214 +3386,220 @@
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>14</v>
       </c>
       <c r="N39" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="O39" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="O39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P39" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="R39" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="S39" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="S39" s="7" t="s">
+      <c r="T39" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="T39" s="7" t="s">
+      <c r="U39" s="7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>69</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>70</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>73</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>127</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>128</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>129</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>130</v>
       </c>
       <c r="AD39" s="7" t="s">
         <v>131</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>132</v>
+      </c>
+      <c r="AF39" s="7" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>146</v>
+      </c>
+      <c r="D40" s="4">
         <v>436</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>392</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>430</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>453</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>414</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>451</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>384</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>436</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>414</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>401</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>464</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>430</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>392</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>412</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>397</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>435</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>433</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>430</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>404</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>397</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>416</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>439</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>429</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>403</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>385</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>413</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>410</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>385</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>416</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>100</v>
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
       <c r="E41" s="7">
         <v>100</v>
       </c>
       <c r="F41" s="7">
         <v>100</v>
       </c>
       <c r="G41" s="7">
         <v>100</v>
       </c>
       <c r="H41" s="7">
         <v>100</v>
       </c>
@@ -3641,117 +3650,120 @@
       </c>
       <c r="X41" s="7">
         <v>100</v>
       </c>
       <c r="Y41" s="7">
         <v>100</v>
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
+      <c r="AF41" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>102</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>103</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>39</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>105</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="W43" s="7" t="s">
         <v>106</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>107</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>116</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>117</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>118</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>119</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>108</v>
       </c>
       <c r="AD43" s="7" t="s">
         <v>109</v>
       </c>
@@ -3923,108 +3935,108 @@
       </c>
       <c r="Y45" s="7">
         <v>100</v>
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>103</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>76</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>93</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M47" s="7" t="s">
         <v>126</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O47" s="7" t="s">
         <v>43</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="R47" s="7" t="s">
         <v>45</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>104</v>
       </c>
       <c r="V47" s="7" t="s">
         <v>105</v>
       </c>
       <c r="W47" s="7" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>452</v>
       </c>
       <c r="D48" s="4">
         <v>431</v>
       </c>
       <c r="E48" s="4">
         <v>436</v>
       </c>
       <c r="F48" s="4">
@@ -4130,120 +4142,120 @@
       </c>
       <c r="Q49" s="7">
         <v>100</v>
       </c>
       <c r="R49" s="7">
         <v>100</v>
       </c>
       <c r="S49" s="7">
         <v>100</v>
       </c>
       <c r="T49" s="7">
         <v>100</v>
       </c>
       <c r="U49" s="7">
         <v>100</v>
       </c>
       <c r="V49" s="7">
         <v>100</v>
       </c>
       <c r="W49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>102</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>103</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>76</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>93</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>38</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N51" s="7" t="s">
         <v>42</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>46</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>73</v>
+        <v>127</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>449</v>
       </c>
       <c r="D52" s="4">
         <v>417</v>
       </c>
       <c r="E52" s="4">
         <v>452</v>
       </c>
       <c r="F52" s="4">
         <v>444</v>
       </c>
       <c r="G52" s="4">
         <v>463</v>
       </c>
       <c r="H52" s="4">
         <v>423</v>
       </c>
       <c r="I52" s="4">