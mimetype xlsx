--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Výsledky hráčů družstva  na kuželně Tábor</t>
   </si>
   <si>
     <t>Petr Klimek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>4.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
@@ -110,168 +113,168 @@
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>18.9.2020</t>
   </si>
   <si>
     <t>4.9.2020</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Zdeněk Samec</t>
+  </si>
+  <si>
+    <t>15.2.2024</t>
+  </si>
+  <si>
+    <t>8.2.2024</t>
+  </si>
+  <si>
+    <t>15.12.2023</t>
+  </si>
+  <si>
+    <t>12.10.2023</t>
+  </si>
+  <si>
+    <t>1.12.2022</t>
+  </si>
+  <si>
+    <t>24.11.2022</t>
+  </si>
+  <si>
+    <t>3.11.2022</t>
+  </si>
+  <si>
+    <t>13.10.2022</t>
+  </si>
+  <si>
+    <t>24.3.2022</t>
+  </si>
+  <si>
+    <t>17.3.2022</t>
+  </si>
+  <si>
+    <t>3.3.2022</t>
+  </si>
+  <si>
+    <t>17.2.2022</t>
+  </si>
+  <si>
+    <t>27.1.2022</t>
+  </si>
+  <si>
+    <t>9.12.2021</t>
+  </si>
+  <si>
+    <t>25.11.2021</t>
+  </si>
+  <si>
+    <t>21.10.2021</t>
+  </si>
+  <si>
+    <t>7.10.2021</t>
+  </si>
+  <si>
+    <t>Jaroslav Zoun</t>
+  </si>
+  <si>
+    <t>12.3.2020</t>
+  </si>
+  <si>
+    <t>27.2.2020</t>
+  </si>
+  <si>
+    <t>16.1.2020</t>
+  </si>
+  <si>
+    <t>5.12.2019</t>
+  </si>
+  <si>
+    <t>28.11.2019</t>
+  </si>
+  <si>
+    <t>7.11.2019</t>
+  </si>
+  <si>
+    <t>10.10.2019</t>
+  </si>
+  <si>
+    <t>15.3.2019</t>
+  </si>
+  <si>
+    <t>8.2.2019</t>
+  </si>
+  <si>
+    <t>11.1.2019</t>
+  </si>
+  <si>
+    <t>Pavel Kořínek</t>
+  </si>
+  <si>
+    <t>4.2.2022</t>
+  </si>
+  <si>
+    <t>Zdeněk Zeman</t>
+  </si>
+  <si>
+    <t>14.3.2025</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>1.2.2024</t>
+  </si>
+  <si>
+    <t>18.1.2024</t>
+  </si>
+  <si>
+    <t>30.11.2023</t>
+  </si>
+  <si>
     <t>28.2.2020</t>
-  </si>
-[...115 lines deleted...]
-    <t>30.11.2023</t>
   </si>
   <si>
     <t>14.2.2020</t>
   </si>
   <si>
     <t>Petr Bystřický</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>23.10.2021</t>
   </si>
@@ -1204,138 +1207,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>414</v>
+      </c>
+      <c r="D4" s="4">
         <v>412</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>388</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>422</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>392</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>414</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>406</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>458</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>411</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>442</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>434</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>431</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>422</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>457</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>383</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>415</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>414</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>416</v>
       </c>
-      <c r="T4" s="5">
+      <c r="U4" s="5">
         <v>503</v>
       </c>
-      <c r="U4" s="5">
+      <c r="V4" s="5">
         <v>557</v>
       </c>
-      <c r="V4" s="5">
+      <c r="W4" s="5">
         <v>519</v>
       </c>
-      <c r="W4" s="5">
+      <c r="X4" s="5">
         <v>546</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>550</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>588</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>533</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>553</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>541</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>477</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>517</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="7">
         <v>100</v>
       </c>
       <c r="D5" s="7">
         <v>100</v>
       </c>
       <c r="E5" s="7">
         <v>100</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="7">
         <v>100</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
       <c r="I5" s="7">
@@ -1349,281 +1352,281 @@
       </c>
       <c r="L5" s="7">
         <v>100</v>
       </c>
       <c r="M5" s="7">
         <v>100</v>
       </c>
       <c r="N5" s="7">
         <v>100</v>
       </c>
       <c r="O5" s="7">
         <v>100</v>
       </c>
       <c r="P5" s="7">
         <v>100</v>
       </c>
       <c r="Q5" s="7">
         <v>100</v>
       </c>
       <c r="R5" s="7">
         <v>100</v>
       </c>
       <c r="S5" s="7">
         <v>100</v>
       </c>
-      <c r="T5" s="5">
-        <v>120</v>
+      <c r="T5" s="7">
+        <v>100</v>
       </c>
       <c r="U5" s="5">
         <v>120</v>
       </c>
       <c r="V5" s="5">
         <v>120</v>
       </c>
       <c r="W5" s="5">
         <v>120</v>
       </c>
       <c r="X5" s="5">
         <v>120</v>
       </c>
       <c r="Y5" s="5">
         <v>120</v>
       </c>
       <c r="Z5" s="5">
         <v>120</v>
       </c>
       <c r="AA5" s="5">
         <v>120</v>
       </c>
       <c r="AB5" s="5">
         <v>120</v>
       </c>
       <c r="AC5" s="5">
         <v>120</v>
       </c>
       <c r="AD5" s="5">
         <v>120</v>
       </c>
       <c r="AE5" s="5">
         <v>120</v>
       </c>
       <c r="AF5" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>15</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>16</v>
       </c>
       <c r="M7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>19</v>
       </c>
       <c r="O7" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="P7" s="7" t="s">
+      <c r="Q7" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="Q7" s="7" t="s">
+      <c r="R7" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="R7" s="7" t="s">
+      <c r="S7" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="S7" s="7" t="s">
+      <c r="T7" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="T7" s="7" t="s">
+      <c r="U7" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="U7" s="7" t="s">
+      <c r="V7" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="V7" s="7" t="s">
+      <c r="W7" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="W7" s="7" t="s">
+      <c r="X7" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="X7" s="7" t="s">
+      <c r="Y7" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="Y7" s="7" t="s">
+      <c r="Z7" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="Z7" s="7" t="s">
+      <c r="AA7" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="AA7" s="7" t="s">
+      <c r="AB7" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="AB7" s="7" t="s">
+      <c r="AC7" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="AC7" s="7" t="s">
+      <c r="AD7" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="AD7" s="7" t="s">
+      <c r="AE7" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="AE7" s="7" t="s">
+      <c r="AF7" s="7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>467</v>
+      </c>
+      <c r="D8" s="4">
         <v>423</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>426</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>410</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="H8" s="4">
         <v>388</v>
       </c>
       <c r="I8" s="4">
+        <v>388</v>
+      </c>
+      <c r="J8" s="4">
         <v>374</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>448</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>420</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>379</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>446</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>437</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>448</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>422</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>442</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>434</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>452</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>423</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>471</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>463</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>444</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>470</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>481</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>460</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>415</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>486</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>442</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>443</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
@@ -1679,57 +1682,57 @@
       </c>
       <c r="Z9" s="7">
         <v>100</v>
       </c>
       <c r="AA9" s="7">
         <v>100</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>55</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>57</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>58</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>62</v>
       </c>
@@ -1847,179 +1850,179 @@
       <c r="M15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>18</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>23</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>24</v>
       </c>
       <c r="X15" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="Y15" s="7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>389</v>
+      </c>
+      <c r="D16" s="4">
         <v>437</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>429</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>442</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>428</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>436</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>425</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>423</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>403</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>485</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>403</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>415</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>400</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>425</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>414</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>435</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>399</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>391</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>530</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>520</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="X16" s="5">
         <v>545</v>
       </c>
       <c r="Y16" s="5">
+        <v>545</v>
+      </c>
+      <c r="Z16" s="5">
         <v>550</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>508</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>514</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>505</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>548</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>544</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
@@ -2033,186 +2036,186 @@
       </c>
       <c r="L17" s="7">
         <v>100</v>
       </c>
       <c r="M17" s="7">
         <v>100</v>
       </c>
       <c r="N17" s="7">
         <v>100</v>
       </c>
       <c r="O17" s="7">
         <v>100</v>
       </c>
       <c r="P17" s="7">
         <v>100</v>
       </c>
       <c r="Q17" s="7">
         <v>100</v>
       </c>
       <c r="R17" s="7">
         <v>100</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
-      <c r="T17" s="5">
-        <v>120</v>
+      <c r="T17" s="7">
+        <v>100</v>
       </c>
       <c r="U17" s="5">
         <v>120</v>
       </c>
       <c r="V17" s="5">
         <v>120</v>
       </c>
       <c r="W17" s="5">
         <v>120</v>
       </c>
       <c r="X17" s="5">
         <v>120</v>
       </c>
       <c r="Y17" s="5">
         <v>120</v>
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="5">
         <v>120</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>67</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>68</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>37</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>69</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>70</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>38</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>71</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>39</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AD19" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>471</v>
       </c>
       <c r="D20" s="4">
         <v>431</v>
       </c>
       <c r="E20" s="4">
         <v>417</v>
       </c>
       <c r="F20" s="4">
         <v>451</v>
       </c>
       <c r="G20" s="4">
         <v>438</v>
       </c>
       <c r="H20" s="4">
         <v>434</v>
       </c>
       <c r="I20" s="4">
@@ -2363,144 +2366,144 @@
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="5">
         <v>120</v>
       </c>
       <c r="AB21" s="5">
         <v>120</v>
       </c>
       <c r="AC21" s="5">
         <v>120</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>63</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>584</v>
       </c>
       <c r="D24" s="5">
         <v>565</v>
       </c>
       <c r="E24" s="5">
         <v>568</v>
       </c>
       <c r="F24" s="5">
         <v>557</v>
       </c>
       <c r="G24" s="5">
         <v>564</v>
       </c>
       <c r="H24" s="5">
         <v>567</v>
       </c>
       <c r="I24" s="5">
@@ -2651,144 +2654,144 @@
       </c>
       <c r="Z25" s="5">
         <v>120</v>
       </c>
       <c r="AA25" s="5">
         <v>120</v>
       </c>
       <c r="AB25" s="5">
         <v>120</v>
       </c>
       <c r="AC25" s="5">
         <v>120</v>
       </c>
       <c r="AD25" s="5">
         <v>120</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>564</v>
       </c>
       <c r="D28" s="5">
         <v>555</v>
       </c>
       <c r="E28" s="5">
         <v>557</v>
       </c>
       <c r="F28" s="5">
         <v>545</v>
       </c>
       <c r="G28" s="5">
         <v>538</v>
       </c>
       <c r="H28" s="5">
         <v>610</v>
       </c>
       <c r="I28" s="5">
@@ -2939,144 +2942,144 @@
       </c>
       <c r="Z29" s="5">
         <v>120</v>
       </c>
       <c r="AA29" s="5">
         <v>120</v>
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>67</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>68</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>65</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>562</v>
       </c>
       <c r="D32" s="5">
         <v>576</v>
       </c>
       <c r="E32" s="5">
         <v>549</v>
       </c>
       <c r="F32" s="5">
         <v>529</v>
       </c>
       <c r="G32" s="5">
         <v>558</v>
       </c>
       <c r="H32" s="4">
         <v>466</v>
       </c>
       <c r="I32" s="4">
@@ -3227,114 +3230,114 @@
       </c>
       <c r="Z33" s="5">
         <v>120</v>
       </c>
       <c r="AA33" s="5">
         <v>120</v>
       </c>
       <c r="AB33" s="5">
         <v>120</v>
       </c>
       <c r="AC33" s="5">
         <v>120</v>
       </c>
       <c r="AD33" s="5">
         <v>120</v>
       </c>
       <c r="AE33" s="5">
         <v>120</v>
       </c>
       <c r="AF33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>70</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>39</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>453</v>
       </c>
       <c r="D36" s="4">
         <v>444</v>
       </c>
       <c r="E36" s="4">
         <v>454</v>
       </c>
       <c r="F36" s="4">
         <v>448</v>
       </c>
       <c r="G36" s="4">
         <v>459</v>
       </c>
       <c r="H36" s="4">
         <v>460</v>
       </c>
       <c r="I36" s="4">
@@ -3425,144 +3428,144 @@
       </c>
       <c r="P37" s="7">
         <v>100</v>
       </c>
       <c r="Q37" s="7">
         <v>100</v>
       </c>
       <c r="R37" s="7">
         <v>100</v>
       </c>
       <c r="S37" s="7">
         <v>100</v>
       </c>
       <c r="T37" s="7">
         <v>100</v>
       </c>
       <c r="U37" s="7">
         <v>100</v>
       </c>
       <c r="V37" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>40</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>42</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
         <v>554</v>
       </c>
       <c r="D40" s="5">
         <v>529</v>
       </c>
       <c r="E40" s="5">
         <v>579</v>
       </c>
       <c r="F40" s="5">
         <v>551</v>
       </c>
       <c r="G40" s="5">
         <v>568</v>
       </c>
       <c r="H40" s="5">
         <v>554</v>
       </c>
       <c r="I40" s="5">
@@ -3713,132 +3716,132 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="5">
         <v>120</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>65</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>63</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
         <v>496</v>
       </c>
       <c r="D44" s="5">
         <v>510</v>
       </c>
       <c r="E44" s="5">
         <v>564</v>
       </c>
       <c r="F44" s="5">
         <v>563</v>
       </c>
       <c r="G44" s="5">
         <v>557</v>
       </c>
       <c r="H44" s="5">
         <v>525</v>
       </c>
       <c r="I44" s="5">
@@ -3965,174 +3968,174 @@
       </c>
       <c r="V45" s="5">
         <v>120</v>
       </c>
       <c r="W45" s="5">
         <v>120</v>
       </c>
       <c r="X45" s="5">
         <v>120</v>
       </c>
       <c r="Y45" s="5">
         <v>120</v>
       </c>
       <c r="Z45" s="5">
         <v>120</v>
       </c>
       <c r="AA45" s="5">
         <v>120</v>
       </c>
       <c r="AB45" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>57</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>58</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>376</v>
       </c>
       <c r="D48" s="4">
         <v>402</v>
       </c>
       <c r="E48" s="4">
         <v>444</v>
       </c>
       <c r="F48" s="5">
         <v>487</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>100</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">
         <v>504</v>
       </c>
       <c r="D52" s="5">
         <v>523</v>
       </c>
       <c r="E52" s="5">
         <v>513</v>
       </c>
       <c r="F52" s="5">
         <v>551</v>
       </c>
       <c r="G52" s="5">
         <v>516</v>
       </c>
       <c r="H52" s="5">
         <v>501</v>
       </c>
       <c r="I52" s="5">
@@ -4235,239 +4238,239 @@
       </c>
       <c r="R53" s="5">
         <v>120</v>
       </c>
       <c r="S53" s="5">
         <v>120</v>
       </c>
       <c r="T53" s="5">
         <v>120</v>
       </c>
       <c r="U53" s="5">
         <v>120</v>
       </c>
       <c r="V53" s="5">
         <v>120</v>
       </c>
       <c r="W53" s="5">
         <v>120</v>
       </c>
       <c r="X53" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L55" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N55" s="7" t="s">
         <v>16</v>
       </c>
       <c r="O55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="P55" s="7" t="s">
         <v>18</v>
       </c>
       <c r="Q55" s="7" t="s">
         <v>19</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>184</v>
+        <v>20</v>
       </c>
       <c r="S55" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="T55" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="T55" s="7" t="s">
+      <c r="U55" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="U55" s="7" t="s">
+      <c r="V55" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="V55" s="7" t="s">
+      <c r="W55" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="W55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X55" s="7" t="s">
-        <v>185</v>
+        <v>133</v>
       </c>
       <c r="Y55" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="Z55" s="7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="AA55" s="7" t="s">
         <v>187</v>
       </c>
       <c r="AB55" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="AC55" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="AC55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD55" s="7" t="s">
-        <v>188</v>
+        <v>160</v>
       </c>
       <c r="AE55" s="7" t="s">
-        <v>160</v>
+        <v>189</v>
       </c>
       <c r="AF55" s="7" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
+        <v>404</v>
+      </c>
+      <c r="D56" s="4">
         <v>386</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>416</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>383</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>418</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>409</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>432</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>416</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>432</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>427</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>431</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>446</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>391</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>472</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>429</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>423</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>387</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>399</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>465</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>401</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>413</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>395</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>401</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>380</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>420</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>375</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>423</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>380</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>433</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="4">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="7">
         <v>100</v>
       </c>
       <c r="D57" s="7">
         <v>100</v>
       </c>
       <c r="E57" s="7">
         <v>100</v>
       </c>
       <c r="F57" s="7">
         <v>100</v>
       </c>
       <c r="G57" s="7">
         <v>100</v>
       </c>
       <c r="H57" s="7">
         <v>100</v>
       </c>
       <c r="I57" s="7">
@@ -4523,141 +4526,141 @@
       </c>
       <c r="Z57" s="7">
         <v>100</v>
       </c>
       <c r="AA57" s="7">
         <v>100</v>
       </c>
       <c r="AB57" s="7">
         <v>100</v>
       </c>
       <c r="AC57" s="7">
         <v>100</v>
       </c>
       <c r="AD57" s="7">
         <v>100</v>
       </c>
       <c r="AE57" s="7">
         <v>100</v>
       </c>
       <c r="AF57" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D59" s="7" t="s">
         <v>52</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H59" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I59" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J59" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K59" s="7" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="L59" s="7" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="O59" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P59" s="7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="Q59" s="7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="R59" s="7" t="s">
         <v>61</v>
       </c>
       <c r="S59" s="7" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="T59" s="7" t="s">
         <v>62</v>
       </c>
       <c r="U59" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="V59" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="W59" s="7" t="s">
         <v>63</v>
       </c>
       <c r="X59" s="7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Y59" s="7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Z59" s="7" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="AA59" s="7" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AB59" s="7" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AC59" s="7" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AD59" s="7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AE59" s="7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>400</v>
       </c>
       <c r="D60" s="4">
         <v>445</v>
       </c>
       <c r="E60" s="5">
         <v>536</v>
       </c>
       <c r="F60" s="5">
         <v>503</v>
       </c>
       <c r="G60" s="5">
         <v>529</v>
       </c>
       <c r="H60" s="4">
         <v>480</v>
       </c>
       <c r="I60" s="4">
@@ -4802,120 +4805,120 @@
       </c>
       <c r="Y61" s="7">
         <v>100</v>
       </c>
       <c r="Z61" s="5">
         <v>120</v>
       </c>
       <c r="AA61" s="5">
         <v>120</v>
       </c>
       <c r="AB61" s="7">
         <v>100</v>
       </c>
       <c r="AC61" s="7">
         <v>100</v>
       </c>
       <c r="AD61" s="7">
         <v>100</v>
       </c>
       <c r="AE61" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="7" t="s">
         <v>50</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>55</v>
       </c>
       <c r="G63" s="7" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>57</v>
       </c>
       <c r="I63" s="7" t="s">
         <v>59</v>
       </c>
       <c r="J63" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K63" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L63" s="7" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M63" s="7" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N63" s="7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="O63" s="7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P63" s="7" t="s">
         <v>61</v>
       </c>
       <c r="Q63" s="7" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="R63" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="S63" s="7" t="s">
         <v>62</v>
       </c>
       <c r="T63" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="U63" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="V63" s="7" t="s">
         <v>63</v>
       </c>
       <c r="W63" s="7" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="X63" s="7" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="4">
         <v>436</v>
       </c>
       <c r="D64" s="4">
         <v>425</v>
       </c>
       <c r="E64" s="4">
         <v>364</v>
       </c>
       <c r="F64" s="4">
         <v>439</v>
       </c>
       <c r="G64" s="5">
         <v>511</v>
       </c>
       <c r="H64" s="4">
         <v>335</v>
       </c>
       <c r="I64" s="4">