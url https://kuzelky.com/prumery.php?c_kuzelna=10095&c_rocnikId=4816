--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -308,50 +308,53 @@
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>Radek Horký</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>31.1.2020</t>
   </si>
   <si>
     <t>10.1.2020</t>
   </si>
   <si>
     <t>Roman Svojanovský</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
@@ -381,53 +384,50 @@
     <t>15.9.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.3.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2333,256 +2333,256 @@
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>99</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>100</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>101</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>102</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>103</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>104</v>
       </c>
       <c r="J47" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="K47" s="6" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>106</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>107</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>108</v>
       </c>
       <c r="O47" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="P47" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>110</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>112</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>113</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>114</v>
       </c>
       <c r="W47" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="X47" s="6" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>116</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>117</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>118</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>119</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>120</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>121</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>122</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="7">
+        <v>416</v>
+      </c>
+      <c r="D48" s="7">
         <v>422</v>
       </c>
-      <c r="D48" s="7">
+      <c r="E48" s="7">
         <v>389</v>
       </c>
-      <c r="E48" s="7">
+      <c r="F48" s="7">
         <v>441</v>
       </c>
-      <c r="F48" s="7">
+      <c r="G48" s="7">
         <v>425</v>
       </c>
-      <c r="G48" s="7">
+      <c r="H48" s="7">
         <v>429</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>441</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>461</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>408</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>429</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>427</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>437</v>
       </c>
-      <c r="N48" s="7">
+      <c r="O48" s="7">
         <v>419</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>437</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>387</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>400</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>436</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>420</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>444</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>410</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>404</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>409</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>415</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>414</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>444</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>433</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>423</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>418</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>412</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="7">
         <v>120</v>
       </c>
       <c r="D49" s="7">
         <v>120</v>
       </c>
       <c r="E49" s="7">
         <v>120</v>
       </c>
       <c r="F49" s="7">
         <v>120</v>
       </c>
       <c r="G49" s="7">
         <v>120</v>
       </c>
-      <c r="H49" s="6">
-        <v>100</v>
+      <c r="H49" s="7">
+        <v>120</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
-      <c r="N49" s="7">
+      <c r="N49" s="6">
+        <v>100</v>
+      </c>
+      <c r="O49" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
       <c r="U49" s="6">
         <v>100</v>
       </c>
       <c r="V49" s="6">
         <v>100</v>
       </c>
       <c r="W49" s="6">
         <v>100</v>
       </c>