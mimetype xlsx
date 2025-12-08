--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -284,50 +284,53 @@
   <si>
     <t>22.11.2014</t>
   </si>
   <si>
     <t>Jan Endršt</t>
   </si>
   <si>
     <t>8.3.2022</t>
   </si>
   <si>
     <t>9.8.2021</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>8.4.2017</t>
   </si>
   <si>
     <t>Jiří Vavřička</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>20.10.2025</t>
   </si>
   <si>
     <t>6.10.2025</t>
   </si>
   <si>
     <t>22.9.2025</t>
   </si>
   <si>
     <t>24.3.2025</t>
   </si>
   <si>
     <t>10.2.2025</t>
   </si>
   <si>
     <t>4.11.2024</t>
   </si>
   <si>
     <t>14.10.2024</t>
@@ -360,53 +363,50 @@
     <t>16.10.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>18.9.2023</t>
   </si>
   <si>
     <t>27.3.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>6.2.2023</t>
   </si>
   <si>
     <t>23.1.2023</t>
   </si>
   <si>
     <t>21.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>17.10.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2531,233 +2531,233 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="F27" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="G27" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>93</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>102</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="S27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="T27" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>107</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>534</v>
+      </c>
+      <c r="D28" s="4">
         <v>515</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>513</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>498</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>494</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>499</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>554</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>544</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>553</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>571</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>554</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>558</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>530</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>593</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>548</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>509</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>568</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>527</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>567</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>524</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>526</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>502</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>521</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>565</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>519</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>582</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>562</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>546</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>522</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">