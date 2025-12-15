--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Výsledky hráčů družstva SKK Rokycany ˝B˝ na kuželně SKK Rokycany</t>
   </si>
   <si>
     <t>Václav Fürst</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>5.11.2016</t>
   </si>
   <si>
     <t>29.10.2016</t>
   </si>
   <si>
     <t>23.10.2016</t>
   </si>
   <si>
     <t>1.10.2016</t>
   </si>
   <si>
@@ -329,324 +329,327 @@
   <si>
     <t>28.2.2022</t>
   </si>
   <si>
     <t>29.11.2021</t>
   </si>
   <si>
     <t>25.10.2021</t>
   </si>
   <si>
     <t>21.9.2020</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>28.10.2017</t>
   </si>
   <si>
     <t>Jan Ungr</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>24.2.2025</t>
   </si>
   <si>
     <t>10.2.2025</t>
   </si>
   <si>
     <t>14.10.2024</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>21.3.2022</t>
   </si>
   <si>
     <t>14.2.2022</t>
   </si>
   <si>
     <t>31.1.2022</t>
   </si>
   <si>
     <t>15.11.2021</t>
   </si>
   <si>
     <t>11.10.2021</t>
   </si>
   <si>
+    <t>Vojtěch Špelina</t>
+  </si>
+  <si>
+    <t>11.3.2023</t>
+  </si>
+  <si>
+    <t>26.2.2023</t>
+  </si>
+  <si>
+    <t>Petr Fara</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>Martin Maršálek</t>
+  </si>
+  <si>
+    <t>6.3.2023</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>14.1.2017</t>
+  </si>
+  <si>
+    <t>2.4.2016</t>
+  </si>
+  <si>
+    <t>19.3.2016</t>
+  </si>
+  <si>
+    <t>5.3.2016</t>
+  </si>
+  <si>
+    <t>13.2.2016</t>
+  </si>
+  <si>
+    <t>Jan Endršt</t>
+  </si>
+  <si>
+    <t>15.4.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>10.9.2022</t>
+  </si>
+  <si>
+    <t>19.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>5.2.2022</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>9.8.2021</t>
+  </si>
+  <si>
+    <t>12.7.2021</t>
+  </si>
+  <si>
+    <t>5.9.2020</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>19.1.2019</t>
+  </si>
+  <si>
+    <t>8.4.2017</t>
+  </si>
+  <si>
+    <t>Martin Procházka</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>Jan Holšan</t>
+  </si>
+  <si>
+    <t>11.10.2025</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>12.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>13.10.2018</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>24.2.2018</t>
+  </si>
+  <si>
+    <t>10.2.2018</t>
+  </si>
+  <si>
+    <t>25.11.2017</t>
+  </si>
+  <si>
+    <t>18.11.2017</t>
+  </si>
+  <si>
+    <t>11.11.2017</t>
+  </si>
+  <si>
+    <t>1.4.2017</t>
+  </si>
+  <si>
+    <t>18.3.2017</t>
+  </si>
+  <si>
+    <t>4.3.2017</t>
+  </si>
+  <si>
+    <t>18.2.2017</t>
+  </si>
+  <si>
+    <t>4.2.2017</t>
+  </si>
+  <si>
+    <t>David Wohlmuth</t>
+  </si>
+  <si>
+    <t>16.10.2023</t>
+  </si>
+  <si>
+    <t>18.9.2023</t>
+  </si>
+  <si>
+    <t>27.3.2023</t>
+  </si>
+  <si>
+    <t>6.2.2023</t>
+  </si>
+  <si>
+    <t>23.1.2023</t>
+  </si>
+  <si>
+    <t>17.10.2022</t>
+  </si>
+  <si>
+    <t>19.9.2022</t>
+  </si>
+  <si>
+    <t>17.1.2022</t>
+  </si>
+  <si>
+    <t>27.9.2021</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>Pavel Andrlík ml.</t>
+  </si>
+  <si>
+    <t>Vojtěch Havlík</t>
+  </si>
+  <si>
+    <t>19.9.2021</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>9.2.2020</t>
+  </si>
+  <si>
+    <t>1.12.2019</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>10.11.2019</t>
+  </si>
+  <si>
+    <t>3.11.2019</t>
+  </si>
+  <si>
+    <t>6.10.2019</t>
+  </si>
+  <si>
+    <t>15.9.2019</t>
+  </si>
+  <si>
+    <t>23.3.2019</t>
+  </si>
+  <si>
+    <t>20.1.2019</t>
+  </si>
+  <si>
+    <t>11.11.2018</t>
+  </si>
+  <si>
+    <t>4.11.2018</t>
+  </si>
+  <si>
+    <t>Pavel Andrlík st.</t>
+  </si>
+  <si>
+    <t>Dominik Černý</t>
+  </si>
+  <si>
+    <t>15.2.2020</t>
+  </si>
+  <si>
+    <t>23.11.2019</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
     <t>23.2.2019</t>
-  </si>
-[...238 lines deleted...]
-    <t>2.11.2019</t>
   </si>
   <si>
     <t>Jan Valdman</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2939,230 +2942,230 @@
       </c>
       <c r="N29" s="4">
         <v>120</v>
       </c>
       <c r="O29" s="4">
         <v>120</v>
       </c>
       <c r="P29" s="4">
         <v>120</v>
       </c>
       <c r="Q29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>107</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>108</v>
       </c>
       <c r="H31" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="I31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="K31" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="P31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q31" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="W31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X31" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y31" s="6" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AA31" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB31" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="AB31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC31" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="AD31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AF31" s="6" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C32" s="4">
+        <v>469</v>
+      </c>
+      <c r="D32" s="4">
         <v>450</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>520</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>465</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>523</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>470</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>497</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>479</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>486</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>498</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>485</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>523</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>535</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>542</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>442</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>482</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>446</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>463</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>453</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>437</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>472</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>482</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>535</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>489</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>481</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>513</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>461</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>482</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>501</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -4736,72 +4739,72 @@
       <c r="D59" s="6" t="s">
         <v>167</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>124</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>169</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>170</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>47</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>171</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>172</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>97</v>
       </c>
       <c r="N59" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O59" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>173</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>98</v>
       </c>
       <c r="R59" s="6" t="s">
         <v>99</v>
       </c>
       <c r="S59" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T59" s="6" t="s">
         <v>174</v>
       </c>
       <c r="U59" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C60" s="4">
         <v>485</v>
       </c>
       <c r="D60" s="4">
         <v>524</v>
       </c>
       <c r="E60" s="4">
         <v>492</v>
       </c>
       <c r="F60" s="4">
         <v>499</v>
       </c>
       <c r="G60" s="4">
@@ -4955,51 +4958,51 @@
       <c r="N63" s="6" t="s">
         <v>32</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>33</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>33</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>82</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>35</v>
       </c>
       <c r="S63" s="6" t="s">
         <v>37</v>
       </c>
       <c r="T63" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U63" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V63" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="W63" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X63" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Y63" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Z63" s="6" t="s">
         <v>121</v>
       </c>
       <c r="AA63" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AB63" s="6" t="s">
         <v>122</v>
       </c>
       <c r="AC63" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AD63" s="6" t="s">
         <v>55</v>
       </c>
@@ -5480,51 +5483,51 @@
       <c r="O71" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Q71" s="6" t="s">
         <v>35</v>
       </c>
       <c r="R71" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S71" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T71" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U71" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V71" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W71" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="X71" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Y71" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Z71" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AA71" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AB71" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AC71" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AD71" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AE71" s="6" t="s">
         <v>66</v>
       </c>
@@ -5792,51 +5795,51 @@
       <c r="W75" s="6" t="s">
         <v>185</v>
       </c>
       <c r="X75" s="6" t="s">
         <v>196</v>
       </c>
       <c r="Y75" s="6" t="s">
         <v>142</v>
       </c>
       <c r="Z75" s="6" t="s">
         <v>186</v>
       </c>
       <c r="AA75" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AB75" s="6" t="s">
         <v>187</v>
       </c>
       <c r="AC75" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AD75" s="6" t="s">
         <v>149</v>
       </c>
       <c r="AE75" s="6" t="s">
-        <v>116</v>
+        <v>197</v>
       </c>
       <c r="AF75" s="6" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:32">
       <c r="B76" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C76" s="4">
         <v>518</v>
       </c>
       <c r="D76" s="4">
         <v>497</v>
       </c>
       <c r="E76" s="4">
         <v>500</v>
       </c>
       <c r="F76" s="4">
         <v>506</v>
       </c>
       <c r="G76" s="4">
         <v>485</v>
       </c>
       <c r="H76" s="4">
@@ -5990,66 +5993,66 @@
       </c>
       <c r="Z77" s="4">
         <v>120</v>
       </c>
       <c r="AA77" s="4">
         <v>120</v>
       </c>
       <c r="AB77" s="4">
         <v>120</v>
       </c>
       <c r="AC77" s="4">
         <v>120</v>
       </c>
       <c r="AD77" s="4">
         <v>120</v>
       </c>
       <c r="AE77" s="4">
         <v>120</v>
       </c>
       <c r="AF77" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>166</v>
       </c>
       <c r="E79" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G79" s="6" t="s">
         <v>100</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="80" spans="1:32">
       <c r="B80" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C80" s="4">
         <v>558</v>
       </c>
       <c r="D80" s="4">
         <v>520</v>
       </c>
       <c r="E80" s="4">
         <v>526</v>
       </c>
       <c r="F80" s="4">
         <v>523</v>
       </c>
       <c r="G80" s="4">