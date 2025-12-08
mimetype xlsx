--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Výsledky hráčů družstva KC Zlín C na kuželně KC Zlín</t>
   </si>
   <si>
     <t>Karel Skoumal</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>13.4.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
@@ -402,50 +402,53 @@
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>Filip Mlčoch</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>8.12.2024</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>3.11.2024</t>
   </si>
@@ -1606,51 +1609,51 @@
       </c>
       <c r="AA11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="7">
-        <v>504</v>
+        <v>547</v>
       </c>
       <c r="D12" s="4">
         <v>485</v>
       </c>
       <c r="E12" s="4">
         <v>424</v>
       </c>
       <c r="F12" s="4">
         <v>444</v>
       </c>
       <c r="G12" s="4">
         <v>425</v>
       </c>
       <c r="H12" s="4">
         <v>425</v>
       </c>
       <c r="I12" s="4">
         <v>433</v>
       </c>
       <c r="J12" s="4">
         <v>458</v>
       </c>
       <c r="K12" s="4">
         <v>466</v>
       </c>
@@ -2758,51 +2761,51 @@
       </c>
       <c r="AA27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="7">
-        <v>0</v>
+        <v>551</v>
       </c>
       <c r="D28" s="7">
         <v>562</v>
       </c>
       <c r="E28" s="7">
         <v>548</v>
       </c>
       <c r="F28" s="7">
         <v>546</v>
       </c>
       <c r="G28" s="7">
         <v>542</v>
       </c>
       <c r="H28" s="4">
         <v>467</v>
       </c>
       <c r="I28" s="4">
         <v>503</v>
       </c>
       <c r="J28" s="7">
         <v>507</v>
       </c>
       <c r="K28" s="4">
         <v>441</v>
       </c>
@@ -2954,423 +2957,423 @@
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="M31" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="N31" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="N31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="P31" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="S31" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="W31" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="X31" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="Y31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z31" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="AA31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AA31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB31" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC31" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>145</v>
       </c>
       <c r="AE31" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="AF31" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="7">
+        <v>567</v>
+      </c>
+      <c r="D32" s="7">
         <v>552</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>439</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>598</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>458</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>455</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>470</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>475</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>567</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>495</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>520</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>467</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>524</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>445</v>
       </c>
-      <c r="P32" s="7">
+      <c r="Q32" s="7">
         <v>504</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>587</v>
       </c>
-      <c r="R32" s="7">
+      <c r="S32" s="7">
         <v>535</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>449</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>465</v>
       </c>
-      <c r="U32" s="7">
+      <c r="V32" s="7">
         <v>549</v>
       </c>
-      <c r="V32" s="7">
+      <c r="W32" s="7">
         <v>563</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>456</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>395</v>
       </c>
-      <c r="Y32" s="7">
+      <c r="Z32" s="7">
         <v>574</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>444</v>
       </c>
-      <c r="AA32" s="7">
+      <c r="AB32" s="7">
         <v>553</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>448</v>
       </c>
-      <c r="AC32" s="7">
+      <c r="AD32" s="7">
         <v>557</v>
       </c>
-      <c r="AD32" s="7">
+      <c r="AE32" s="7">
         <v>513</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
-      <c r="D33" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="D33" s="7">
+        <v>120</v>
+      </c>
+      <c r="E33" s="6">
+        <v>100</v>
+      </c>
+      <c r="F33" s="7">
+        <v>120</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
-      <c r="I33" s="7">
-        <v>120</v>
+      <c r="I33" s="6">
+        <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>120</v>
       </c>
       <c r="K33" s="7">
         <v>120</v>
       </c>
       <c r="L33" s="7">
         <v>120</v>
       </c>
-      <c r="M33" s="6">
-[...9 lines deleted...]
-        <v>120</v>
+      <c r="M33" s="7">
+        <v>120</v>
+      </c>
+      <c r="N33" s="6">
+        <v>100</v>
+      </c>
+      <c r="O33" s="7">
+        <v>120</v>
+      </c>
+      <c r="P33" s="6">
+        <v>100</v>
       </c>
       <c r="Q33" s="7">
         <v>120</v>
       </c>
       <c r="R33" s="7">
         <v>120</v>
       </c>
-      <c r="S33" s="6">
-        <v>100</v>
+      <c r="S33" s="7">
+        <v>120</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
-      <c r="U33" s="7">
-        <v>120</v>
+      <c r="U33" s="6">
+        <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>120</v>
       </c>
-      <c r="W33" s="6">
-        <v>100</v>
+      <c r="W33" s="7">
+        <v>120</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
-      <c r="Y33" s="7">
-[...12 lines deleted...]
-        <v>120</v>
+      <c r="Y33" s="6">
+        <v>100</v>
+      </c>
+      <c r="Z33" s="7">
+        <v>120</v>
+      </c>
+      <c r="AA33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB33" s="7">
+        <v>120</v>
+      </c>
+      <c r="AC33" s="6">
+        <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
-      <c r="AE33" s="6">
-        <v>100</v>
+      <c r="AE33" s="7">
+        <v>120</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>65</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C36" s="4">
         <v>457</v>
       </c>
       <c r="D36" s="7">
         <v>512</v>
       </c>
       <c r="E36" s="4">
         <v>452</v>
       </c>
       <c r="F36" s="4">
         <v>420</v>
       </c>
       <c r="G36" s="7">
         <v>542</v>
       </c>
       <c r="H36" s="4">
         <v>408</v>
       </c>
       <c r="I36" s="7">
@@ -3521,51 +3524,51 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>120</v>
       </c>
       <c r="AD37" s="7">
         <v>120</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>65</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>38</v>
       </c>
@@ -3611,105 +3614,105 @@
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C48" s="4">
         <v>320</v>
       </c>
       <c r="D48" s="4">
         <v>368</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>