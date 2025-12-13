--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Výsledky hráčů družstva KC Zlín C na kuželně KC Zlín</t>
   </si>
   <si>
     <t>Pavla Žádníková</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
@@ -318,50 +318,53 @@
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>Filip Mlčoch</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>8.12.2024</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>3.11.2024</t>
   </si>
@@ -2545,51 +2548,51 @@
       </c>
       <c r="AA27" s="7" t="s">
         <v>14</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>100</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>16</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
-        <v>0</v>
+        <v>551</v>
       </c>
       <c r="D28" s="5">
         <v>562</v>
       </c>
       <c r="E28" s="5">
         <v>548</v>
       </c>
       <c r="F28" s="5">
         <v>546</v>
       </c>
       <c r="G28" s="5">
         <v>542</v>
       </c>
       <c r="H28" s="4">
         <v>467</v>
       </c>
       <c r="I28" s="4">
         <v>503</v>
       </c>
       <c r="J28" s="5">
         <v>507</v>
       </c>
       <c r="K28" s="4">
         <v>441</v>
       </c>
@@ -2741,408 +2744,408 @@
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="E31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="G31" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="G31" s="7" t="s">
+      <c r="H31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="H31" s="7" t="s">
+      <c r="I31" s="7" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>105</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>106</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>107</v>
       </c>
       <c r="M31" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="N31" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="N31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="P31" s="7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>110</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>111</v>
       </c>
       <c r="S31" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="T31" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>113</v>
       </c>
       <c r="W31" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="X31" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Y31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z31" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="AA31" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="AA31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB31" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="AC31" s="7" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>117</v>
       </c>
       <c r="AE31" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="AF31" s="7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
+        <v>567</v>
+      </c>
+      <c r="D32" s="5">
         <v>552</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>439</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>598</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>458</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>455</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>470</v>
       </c>
-      <c r="I32" s="5">
+      <c r="J32" s="5">
         <v>475</v>
       </c>
-      <c r="J32" s="5">
+      <c r="K32" s="5">
         <v>567</v>
       </c>
-      <c r="K32" s="5">
+      <c r="L32" s="5">
         <v>495</v>
       </c>
-      <c r="L32" s="5">
+      <c r="M32" s="5">
         <v>520</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>467</v>
       </c>
-      <c r="N32" s="5">
+      <c r="O32" s="5">
         <v>524</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>445</v>
       </c>
-      <c r="P32" s="5">
+      <c r="Q32" s="5">
         <v>504</v>
       </c>
-      <c r="Q32" s="5">
+      <c r="R32" s="5">
         <v>587</v>
       </c>
-      <c r="R32" s="5">
+      <c r="S32" s="5">
         <v>535</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>449</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>465</v>
       </c>
-      <c r="U32" s="5">
+      <c r="V32" s="5">
         <v>549</v>
       </c>
-      <c r="V32" s="5">
+      <c r="W32" s="5">
         <v>563</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>456</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>395</v>
       </c>
-      <c r="Y32" s="5">
+      <c r="Z32" s="5">
         <v>574</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>444</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>553</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>448</v>
       </c>
-      <c r="AC32" s="5">
+      <c r="AD32" s="5">
         <v>557</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>513</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="5">
         <v>120</v>
       </c>
-      <c r="D33" s="7">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="D33" s="5">
+        <v>120</v>
+      </c>
+      <c r="E33" s="7">
+        <v>100</v>
+      </c>
+      <c r="F33" s="5">
+        <v>120</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
-      <c r="I33" s="5">
-        <v>120</v>
+      <c r="I33" s="7">
+        <v>100</v>
       </c>
       <c r="J33" s="5">
         <v>120</v>
       </c>
       <c r="K33" s="5">
         <v>120</v>
       </c>
       <c r="L33" s="5">
         <v>120</v>
       </c>
-      <c r="M33" s="7">
-[...9 lines deleted...]
-        <v>120</v>
+      <c r="M33" s="5">
+        <v>120</v>
+      </c>
+      <c r="N33" s="7">
+        <v>100</v>
+      </c>
+      <c r="O33" s="5">
+        <v>120</v>
+      </c>
+      <c r="P33" s="7">
+        <v>100</v>
       </c>
       <c r="Q33" s="5">
         <v>120</v>
       </c>
       <c r="R33" s="5">
         <v>120</v>
       </c>
-      <c r="S33" s="7">
-        <v>100</v>
+      <c r="S33" s="5">
+        <v>120</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
-      <c r="U33" s="5">
-        <v>120</v>
+      <c r="U33" s="7">
+        <v>100</v>
       </c>
       <c r="V33" s="5">
         <v>120</v>
       </c>
-      <c r="W33" s="7">
-        <v>100</v>
+      <c r="W33" s="5">
+        <v>120</v>
       </c>
       <c r="X33" s="7">
         <v>100</v>
       </c>
-      <c r="Y33" s="5">
-[...12 lines deleted...]
-        <v>120</v>
+      <c r="Y33" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z33" s="5">
+        <v>120</v>
+      </c>
+      <c r="AA33" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB33" s="5">
+        <v>120</v>
+      </c>
+      <c r="AC33" s="7">
+        <v>100</v>
       </c>
       <c r="AD33" s="5">
         <v>120</v>
       </c>
-      <c r="AE33" s="7">
-        <v>100</v>
+      <c r="AE33" s="5">
+        <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>44</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>62</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>18</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>65</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>555</v>
       </c>
       <c r="D36" s="5">
         <v>517</v>
       </c>
       <c r="E36" s="5">
         <v>479</v>
       </c>
       <c r="F36" s="5">
         <v>562</v>
       </c>
       <c r="G36" s="5">
         <v>530</v>
       </c>
       <c r="H36" s="5">
         <v>498</v>
       </c>
       <c r="I36" s="4">
@@ -3263,51 +3266,51 @@
       </c>
       <c r="U37" s="5">
         <v>120</v>
       </c>
       <c r="V37" s="5">
         <v>120</v>
       </c>
       <c r="W37" s="7">
         <v>100</v>
       </c>
       <c r="X37" s="5">
         <v>120</v>
       </c>
       <c r="Y37" s="7">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>68</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">