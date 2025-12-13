--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Výsledky hráčů družstva KC Zlín C na kuželně KC Zlín</t>
   </si>
   <si>
     <t>Vladimír Čech</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.10.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
@@ -173,141 +173,144 @@
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>28.10.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>Miroslav Polášek</t>
   </si>
   <si>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>19.9.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>14.3.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>1.11.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>13.9.2024</t>
+  </si>
+  <si>
+    <t>8.3.2024</t>
+  </si>
+  <si>
+    <t>3.11.2023</t>
+  </si>
+  <si>
+    <t>6.10.2023</t>
+  </si>
+  <si>
+    <t>22.9.2023</t>
+  </si>
+  <si>
+    <t>15.9.2023</t>
+  </si>
+  <si>
+    <t>14.4.2023</t>
+  </si>
+  <si>
+    <t>8.4.2022</t>
+  </si>
+  <si>
+    <t>18.3.2022</t>
+  </si>
+  <si>
+    <t>25.2.2022</t>
+  </si>
+  <si>
+    <t>4.2.2022</t>
+  </si>
+  <si>
+    <t>14.1.2022</t>
+  </si>
+  <si>
+    <t>3.12.2021</t>
+  </si>
+  <si>
+    <t>22.10.2021</t>
+  </si>
+  <si>
+    <t>24.9.2021</t>
+  </si>
+  <si>
+    <t>10.9.2021</t>
+  </si>
+  <si>
+    <t>2.10.2020</t>
+  </si>
+  <si>
+    <t>25.9.2020</t>
+  </si>
+  <si>
+    <t>28.2.2020</t>
+  </si>
+  <si>
+    <t>31.1.2020</t>
+  </si>
+  <si>
+    <t>22.11.2019</t>
+  </si>
+  <si>
+    <t>Pavel Struhař</t>
+  </si>
+  <si>
     <t>5.12.2025</t>
-  </si>
-[...88 lines deleted...]
-    <t>Pavel Struhař</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
@@ -1474,138 +1477,138 @@
       </c>
       <c r="AA11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="7">
-        <v>0</v>
+        <v>506</v>
       </c>
       <c r="D12" s="7">
-        <v>506</v>
+        <v>543</v>
       </c>
       <c r="E12" s="7">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="F12" s="7">
-        <v>549</v>
+        <v>567</v>
       </c>
       <c r="G12" s="7">
         <v>567</v>
       </c>
       <c r="H12" s="7">
-        <v>567</v>
+        <v>540</v>
       </c>
       <c r="I12" s="7">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="J12" s="7">
-        <v>555</v>
+        <v>525</v>
       </c>
       <c r="K12" s="7">
+        <v>544</v>
+      </c>
+      <c r="L12" s="7">
+        <v>516</v>
+      </c>
+      <c r="M12" s="7">
+        <v>543</v>
+      </c>
+      <c r="N12" s="7">
         <v>525</v>
       </c>
-      <c r="L12" s="7">
-[...2 lines deleted...]
-      <c r="M12" s="7">
+      <c r="O12" s="7">
+        <v>546</v>
+      </c>
+      <c r="P12" s="7">
+        <v>526</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>543</v>
+      </c>
+      <c r="R12" s="7">
+        <v>590</v>
+      </c>
+      <c r="S12" s="7">
+        <v>566</v>
+      </c>
+      <c r="T12" s="7">
+        <v>535</v>
+      </c>
+      <c r="U12" s="7">
+        <v>529</v>
+      </c>
+      <c r="V12" s="7">
+        <v>587</v>
+      </c>
+      <c r="W12" s="7">
         <v>516</v>
       </c>
-      <c r="N12" s="7">
-[...28 lines deleted...]
-      </c>
       <c r="X12" s="7">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="Y12" s="7">
-        <v>530</v>
+        <v>561</v>
       </c>
       <c r="Z12" s="7">
-        <v>561</v>
+        <v>523</v>
       </c>
       <c r="AA12" s="7">
         <v>523</v>
       </c>
-      <c r="AB12" s="7">
-        <v>523</v>
+      <c r="AB12" s="4">
+        <v>462</v>
       </c>
       <c r="AC12" s="4">
-        <v>462</v>
+        <v>421</v>
       </c>
       <c r="AD12" s="4">
-        <v>421</v>
+        <v>394</v>
       </c>
       <c r="AE12" s="4">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="AF12" s="4">
         <v>387</v>
+      </c>
+      <c r="AF12" s="7">
+        <v>474</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="7">
         <v>120</v>
       </c>
       <c r="D13" s="7">
         <v>120</v>
       </c>
       <c r="E13" s="7">
         <v>120</v>
       </c>
       <c r="F13" s="7">
         <v>120</v>
       </c>
       <c r="G13" s="7">
         <v>120</v>
       </c>
       <c r="H13" s="7">
         <v>120</v>
       </c>
       <c r="I13" s="7">
@@ -1643,159 +1646,159 @@
       </c>
       <c r="T13" s="7">
         <v>120</v>
       </c>
       <c r="U13" s="7">
         <v>120</v>
       </c>
       <c r="V13" s="7">
         <v>120</v>
       </c>
       <c r="W13" s="7">
         <v>120</v>
       </c>
       <c r="X13" s="7">
         <v>120</v>
       </c>
       <c r="Y13" s="7">
         <v>120</v>
       </c>
       <c r="Z13" s="7">
         <v>120</v>
       </c>
       <c r="AA13" s="7">
         <v>120</v>
       </c>
-      <c r="AB13" s="7">
-        <v>120</v>
+      <c r="AB13" s="6">
+        <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
-      <c r="AF13" s="6">
-        <v>100</v>
+      <c r="AF13" s="7">
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="7">
         <v>547</v>
       </c>
       <c r="D16" s="4">
         <v>485</v>
       </c>
       <c r="E16" s="4">
         <v>424</v>
       </c>
       <c r="F16" s="4">
         <v>444</v>
       </c>
       <c r="G16" s="4">
         <v>425</v>
       </c>
       <c r="H16" s="4">
@@ -1949,129 +1952,129 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N19" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="O19" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="P19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q19" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="4">
         <v>396</v>
       </c>
       <c r="D20" s="4">
         <v>445</v>
       </c>
       <c r="E20" s="4">
         <v>408</v>
       </c>
       <c r="F20" s="4">
         <v>448</v>
       </c>
       <c r="G20" s="4">
         <v>449</v>
       </c>
       <c r="H20" s="4">
         <v>447</v>
       </c>
       <c r="I20" s="4">
@@ -2192,144 +2195,144 @@
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="4">
         <v>484</v>
       </c>
       <c r="D24" s="4">
         <v>424</v>
       </c>
       <c r="E24" s="4">
         <v>460</v>
       </c>
       <c r="F24" s="4">
         <v>460</v>
       </c>
       <c r="G24" s="4">
         <v>449</v>
       </c>
       <c r="H24" s="4">
         <v>492</v>
       </c>
       <c r="I24" s="4">
@@ -2480,152 +2483,152 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>120</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>33</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>35</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="7">
-        <v>0</v>
+        <v>551</v>
       </c>
       <c r="D28" s="7">
         <v>562</v>
       </c>
       <c r="E28" s="7">
         <v>548</v>
       </c>
       <c r="F28" s="7">
         <v>546</v>
       </c>
       <c r="G28" s="7">
         <v>542</v>
       </c>
       <c r="H28" s="4">
         <v>467</v>
       </c>
       <c r="I28" s="4">
         <v>503</v>
       </c>
       <c r="J28" s="7">
         <v>507</v>
       </c>
       <c r="K28" s="4">
         <v>441</v>
       </c>
@@ -2768,144 +2771,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="7">
         <v>548</v>
       </c>
       <c r="D32" s="4">
         <v>456</v>
       </c>
       <c r="E32" s="4">
         <v>474</v>
       </c>
       <c r="F32" s="7">
         <v>574</v>
       </c>
       <c r="G32" s="7">
         <v>562</v>
       </c>
       <c r="H32" s="4">
         <v>479</v>
       </c>
       <c r="I32" s="7">
@@ -3056,144 +3059,144 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="H35" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I35" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J35" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="L35" s="6" t="s">
-[...5 lines deleted...]
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="P35" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="S35" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="T35" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="R35" s="6" t="s">
-[...5 lines deleted...]
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="V35" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="W35" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="U35" s="6" t="s">
-[...5 lines deleted...]
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="Y35" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Z35" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA35" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="AB35" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="X35" s="6" t="s">
-[...14 lines deleted...]
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="AE35" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="AD35" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF35" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="7">
         <v>505</v>
       </c>
       <c r="D36" s="7">
         <v>539</v>
       </c>
       <c r="E36" s="7">
         <v>546</v>
       </c>
       <c r="F36" s="7">
         <v>583</v>
       </c>
       <c r="G36" s="7">
         <v>562</v>
       </c>
       <c r="H36" s="7">
         <v>554</v>
       </c>
       <c r="I36" s="7">