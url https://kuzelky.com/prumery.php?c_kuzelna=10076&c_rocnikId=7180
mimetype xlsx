--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -212,50 +212,53 @@
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>8.4.2022</t>
   </si>
   <si>
     <t>Václav Rypel</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
@@ -411,53 +414,50 @@
     <t>Kamil Nestrojil</t>
   </si>
   <si>
     <t>2.4.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.4.2022</t>
   </si>
   <si>
     <t>Lubomír Horák</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>Milan Gregorovič</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>1.3.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
@@ -1586,230 +1586,230 @@
       </c>
       <c r="AC9" s="5">
         <v>120</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="E11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="G11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="I11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K11" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="K11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M11" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="M11" s="7" t="s">
+      <c r="N11" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="N11" s="7" t="s">
+      <c r="O11" s="7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>72</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="R11" s="7" t="s">
         <v>74</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>76</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>77</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>78</v>
       </c>
       <c r="W11" s="7" t="s">
         <v>79</v>
       </c>
       <c r="X11" s="7" t="s">
         <v>80</v>
       </c>
       <c r="Y11" s="7" t="s">
         <v>81</v>
       </c>
       <c r="Z11" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AA11" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AB11" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AC11" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="5">
+        <v>566</v>
+      </c>
+      <c r="D12" s="5">
         <v>578</v>
       </c>
-      <c r="D12" s="5">
+      <c r="E12" s="5">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F12" s="5">
         <v>561</v>
       </c>
       <c r="G12" s="5">
+        <v>561</v>
+      </c>
+      <c r="H12" s="5">
         <v>584</v>
       </c>
-      <c r="H12" s="5">
+      <c r="I12" s="5">
         <v>554</v>
       </c>
-      <c r="I12" s="5">
+      <c r="J12" s="5">
         <v>537</v>
       </c>
-      <c r="J12" s="5">
+      <c r="K12" s="5">
         <v>557</v>
       </c>
-      <c r="K12" s="5">
+      <c r="L12" s="5">
         <v>562</v>
       </c>
-      <c r="L12" s="5">
+      <c r="M12" s="5">
         <v>543</v>
       </c>
-      <c r="M12" s="5">
+      <c r="N12" s="5">
         <v>556</v>
       </c>
-      <c r="N12" s="5">
+      <c r="O12" s="5">
         <v>622</v>
       </c>
-      <c r="O12" s="5">
+      <c r="P12" s="5">
         <v>557</v>
       </c>
-      <c r="P12" s="5">
+      <c r="Q12" s="5">
         <v>567</v>
       </c>
-      <c r="Q12" s="5">
+      <c r="R12" s="5">
         <v>591</v>
       </c>
-      <c r="R12" s="5">
+      <c r="S12" s="5">
         <v>593</v>
       </c>
-      <c r="S12" s="5">
+      <c r="T12" s="5">
         <v>607</v>
       </c>
-      <c r="T12" s="5">
+      <c r="U12" s="5">
         <v>552</v>
       </c>
-      <c r="U12" s="5">
+      <c r="V12" s="5">
         <v>570</v>
       </c>
-      <c r="V12" s="5">
+      <c r="W12" s="5">
         <v>592</v>
       </c>
-      <c r="W12" s="5">
+      <c r="X12" s="5">
         <v>550</v>
       </c>
-      <c r="X12" s="5">
+      <c r="Y12" s="5">
         <v>564</v>
       </c>
-      <c r="Y12" s="5">
+      <c r="Z12" s="5">
         <v>568</v>
       </c>
-      <c r="Z12" s="5">
+      <c r="AA12" s="5">
         <v>535</v>
       </c>
-      <c r="AA12" s="5">
+      <c r="AB12" s="5">
         <v>534</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>593</v>
       </c>
-      <c r="AC12" s="5">
+      <c r="AD12" s="5">
         <v>573</v>
       </c>
-      <c r="AD12" s="5">
+      <c r="AE12" s="5">
         <v>543</v>
       </c>
-      <c r="AE12" s="5">
+      <c r="AF12" s="5">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="5">
         <v>120</v>
       </c>
       <c r="D13" s="5">
         <v>120</v>
       </c>
       <c r="E13" s="5">
         <v>120</v>
       </c>
       <c r="F13" s="5">
         <v>120</v>
       </c>
       <c r="G13" s="5">
         <v>120</v>
       </c>
       <c r="H13" s="5">
         <v>120</v>
       </c>
       <c r="I13" s="5">
@@ -1865,141 +1865,141 @@
       </c>
       <c r="Z13" s="5">
         <v>120</v>
       </c>
       <c r="AA13" s="5">
         <v>120</v>
       </c>
       <c r="AB13" s="5">
         <v>120</v>
       </c>
       <c r="AC13" s="5">
         <v>120</v>
       </c>
       <c r="AD13" s="5">
         <v>120</v>
       </c>
       <c r="AE13" s="5">
         <v>120</v>
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>43</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>44</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>45</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>46</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>47</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V15" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>51</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AE15" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
         <v>558</v>
       </c>
       <c r="D16" s="5">
         <v>534</v>
       </c>
       <c r="E16" s="5">
         <v>554</v>
       </c>
       <c r="F16" s="5">
         <v>548</v>
       </c>
       <c r="G16" s="5">
         <v>547</v>
       </c>
       <c r="H16" s="5">
@@ -2153,144 +2153,144 @@
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="5">
         <v>120</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>42</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>44</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>46</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>47</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>51</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>52</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>53</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>54</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>55</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
         <v>509</v>
       </c>
       <c r="D20" s="5">
         <v>525</v>
       </c>
       <c r="E20" s="5">
         <v>502</v>
       </c>
       <c r="F20" s="5">
         <v>555</v>
       </c>
       <c r="G20" s="5">
         <v>534</v>
       </c>
       <c r="H20" s="5">
         <v>554</v>
       </c>
       <c r="I20" s="5">
@@ -2441,144 +2441,144 @@
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="5">
         <v>120</v>
       </c>
       <c r="AB21" s="5">
         <v>120</v>
       </c>
       <c r="AC21" s="5">
         <v>120</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>46</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>48</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>56</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>25</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>466</v>
       </c>
       <c r="D24" s="4">
         <v>447</v>
       </c>
       <c r="E24" s="4">
         <v>493</v>
       </c>
       <c r="F24" s="4">
         <v>500</v>
       </c>
       <c r="G24" s="5">
         <v>557</v>
       </c>
       <c r="H24" s="5">
         <v>534</v>
       </c>
       <c r="I24" s="5">
@@ -2729,239 +2729,239 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F27" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G27" s="7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>74</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>75</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>76</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>77</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>78</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>79</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>80</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>125</v>
+        <v>81</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>126</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>81</v>
+        <v>127</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>84</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>85</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>128</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>129</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>130</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>131</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>132</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>107</v>
+        <v>133</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>108</v>
       </c>
       <c r="AC27" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD27" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AD27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE27" s="7" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
+        <v>623</v>
+      </c>
+      <c r="D28" s="5">
         <v>559</v>
       </c>
-      <c r="D28" s="5">
+      <c r="E28" s="5">
         <v>592</v>
       </c>
-      <c r="E28" s="5">
+      <c r="F28" s="5">
         <v>534</v>
       </c>
-      <c r="F28" s="5">
+      <c r="G28" s="5">
         <v>543</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>566</v>
       </c>
-      <c r="H28" s="5">
+      <c r="I28" s="5">
         <v>577</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>607</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>590</v>
       </c>
-      <c r="K28" s="5">
+      <c r="L28" s="5">
         <v>584</v>
       </c>
-      <c r="L28" s="5">
+      <c r="M28" s="5">
         <v>583</v>
       </c>
-      <c r="M28" s="5">
+      <c r="N28" s="5">
         <v>601</v>
       </c>
-      <c r="N28" s="5">
+      <c r="O28" s="5">
         <v>581</v>
       </c>
-      <c r="O28" s="5">
+      <c r="P28" s="5">
         <v>600</v>
       </c>
-      <c r="P28" s="5">
+      <c r="Q28" s="5">
         <v>593</v>
       </c>
-      <c r="Q28" s="5">
+      <c r="R28" s="5">
         <v>591</v>
       </c>
-      <c r="R28" s="5">
+      <c r="S28" s="5">
         <v>599</v>
       </c>
-      <c r="S28" s="5">
+      <c r="T28" s="5">
         <v>590</v>
       </c>
-      <c r="T28" s="5">
+      <c r="U28" s="5">
         <v>569</v>
       </c>
-      <c r="U28" s="5">
+      <c r="V28" s="5">
         <v>572</v>
       </c>
-      <c r="V28" s="5">
+      <c r="W28" s="5">
         <v>591</v>
       </c>
-      <c r="W28" s="5">
+      <c r="X28" s="5">
         <v>624</v>
       </c>
-      <c r="X28" s="5">
+      <c r="Y28" s="5">
         <v>607</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>629</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>600</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>588</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>617</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>582</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>573</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
       <c r="D29" s="5">
         <v>120</v>
       </c>
       <c r="E29" s="5">
         <v>120</v>
       </c>
       <c r="F29" s="5">
         <v>120</v>
       </c>
       <c r="G29" s="5">
         <v>120</v>
       </c>
       <c r="H29" s="5">
         <v>120</v>
       </c>
       <c r="I29" s="5">
@@ -3023,132 +3023,132 @@
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>135</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>43</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>537</v>
       </c>
       <c r="D32" s="5">
         <v>593</v>
       </c>
       <c r="E32" s="5">
         <v>554</v>
       </c>
       <c r="F32" s="5">
         <v>541</v>
       </c>
       <c r="G32" s="5">
@@ -3311,60 +3311,60 @@
       </c>
       <c r="AB33" s="5">
         <v>120</v>
       </c>
       <c r="AC33" s="5">
         <v>120</v>
       </c>
       <c r="AD33" s="5">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>44</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>138</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>139</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>140</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>141</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>142</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>143</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>144</v>
       </c>
@@ -3380,54 +3380,54 @@
       <c r="R35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>148</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>62</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>149</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>150</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>151</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>152</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>153</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>516</v>
       </c>
       <c r="D36" s="4">
@@ -3599,135 +3599,135 @@
       </c>
       <c r="AB37" s="5">
         <v>120</v>
       </c>
       <c r="AC37" s="5">
         <v>120</v>
       </c>
       <c r="AD37" s="5">
         <v>120</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>135</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>43</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>44</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>45</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>48</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>50</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>52</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
         <v>550</v>
       </c>
       <c r="D40" s="5">
         <v>544</v>
       </c>
       <c r="E40" s="5">
         <v>589</v>
       </c>
       <c r="F40" s="5">
         <v>543</v>
       </c>
       <c r="G40" s="5">
         <v>578</v>
       </c>
       <c r="H40" s="5">
@@ -3899,123 +3899,123 @@
       </c>
       <c r="AF41" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>49</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>50</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>51</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>55</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>56</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>24</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>26</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>136</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>157</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>27</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>28</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="S43" s="7" t="s">
         <v>32</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>158</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AC43" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AD43" s="7" t="s">
         <v>159</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
         <v>564</v>
       </c>
       <c r="D44" s="5">
         <v>522</v>
       </c>
       <c r="E44" s="5">
         <v>573</v>
       </c>
       <c r="F44" s="5">
         <v>580</v>
       </c>
       <c r="G44" s="5">
         <v>507</v>
       </c>
       <c r="H44" s="5">
@@ -4175,78 +4175,78 @@
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>135</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>162</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>163</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>164</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>165</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>166</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>167</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>168</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M47" s="7" t="s">
         <v>169</v>
       </c>
       <c r="N47" s="7" t="s">
         <v>170</v>
       </c>
       <c r="O47" s="7" t="s">
         <v>171</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>172</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>173</v>
       </c>
       <c r="R47" s="7" t="s">
         <v>174</v>
       </c>
       <c r="S47" s="7" t="s">
         <v>175</v>
       </c>
       <c r="T47" s="7" t="s">
         <v>176</v>
       </c>