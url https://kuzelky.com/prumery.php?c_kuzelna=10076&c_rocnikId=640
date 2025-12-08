--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -380,50 +380,53 @@
   <si>
     <t>7.12.2013</t>
   </si>
   <si>
     <t>23.11.2013</t>
   </si>
   <si>
     <t>9.11.2013</t>
   </si>
   <si>
     <t>12.10.2013</t>
   </si>
   <si>
     <t>21.9.2013</t>
   </si>
   <si>
     <t>27.4.2013</t>
   </si>
   <si>
     <t>Miroslav Jemelík</t>
   </si>
   <si>
     <t>Václav Rypel</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>Jiří Mikoláš</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>17.9.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>19.2.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
@@ -516,53 +519,50 @@
     <t>28.2.2020</t>
   </si>
   <si>
     <t>Kamil Nestrojil</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.4.2022</t>
   </si>
   <si>
     <t>František Caha</t>
   </si>
   <si>
     <t>19.3.2016</t>
   </si>
   <si>
     <t>28.3.2015</t>
   </si>
   <si>
     <t>7.3.2015</t>
   </si>
   <si>
     <t>21.2.2015</t>
   </si>
   <si>
     <t>31.1.2015</t>
   </si>
   <si>
     <t>10.1.2015</t>
   </si>
   <si>
     <t>27.9.2014</t>
   </si>
@@ -2258,230 +2258,230 @@
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>575</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>122</v>
       </c>
       <c r="D27" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="E27" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="G27" s="7" t="s">
+      <c r="H27" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="I27" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="AC27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD27" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE27" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>566</v>
+      </c>
+      <c r="D28" s="4">
         <v>578</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F28" s="4">
         <v>561</v>
       </c>
       <c r="G28" s="4">
+        <v>561</v>
+      </c>
+      <c r="H28" s="4">
         <v>584</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>554</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>537</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>557</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>562</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>543</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>556</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>622</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>557</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>567</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>591</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>593</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>607</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>552</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>570</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>592</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>550</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>564</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>568</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>535</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>534</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>593</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>573</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>543</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2537,144 +2537,144 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>95</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>39</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>40</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>558</v>
       </c>
       <c r="D32" s="5">
         <v>482</v>
       </c>
       <c r="E32" s="4">
         <v>576</v>
       </c>
       <c r="F32" s="5">
         <v>526</v>
       </c>
       <c r="G32" s="5">
         <v>447</v>
       </c>
       <c r="H32" s="5">
         <v>454</v>
       </c>
       <c r="I32" s="5">
@@ -2825,117 +2825,117 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>16</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>26</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>90</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>91</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>92</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>93</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>94</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>95</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>96</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>98</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>99</v>
       </c>
@@ -3113,239 +3113,239 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>122</v>
       </c>
       <c r="D39" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="E39" s="7" t="s">
+      <c r="F39" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="F39" s="7" t="s">
+      <c r="G39" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="G39" s="7" t="s">
+      <c r="H39" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="H39" s="7" t="s">
+      <c r="I39" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="I39" s="7" t="s">
+      <c r="J39" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="J39" s="7" t="s">
+      <c r="K39" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="K39" s="7" t="s">
+      <c r="L39" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="L39" s="7" t="s">
+      <c r="M39" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="M39" s="7" t="s">
+      <c r="N39" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="N39" s="7" t="s">
+      <c r="O39" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="O39" s="7" t="s">
+      <c r="P39" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="P39" s="7" t="s">
+      <c r="Q39" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="Q39" s="7" t="s">
+      <c r="R39" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="R39" s="7" t="s">
+      <c r="S39" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="S39" s="7" t="s">
+      <c r="T39" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="T39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U39" s="7" t="s">
-        <v>161</v>
+        <v>124</v>
       </c>
       <c r="V39" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="W39" s="7" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>163</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>164</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>165</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>167</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>158</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>623</v>
+      </c>
+      <c r="D40" s="4">
         <v>559</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>592</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>534</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>543</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>566</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>577</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>607</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>590</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>584</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>583</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>601</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>581</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>600</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>593</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>591</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>599</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>590</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>569</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>572</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>591</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>624</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>607</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>629</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>600</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>588</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>617</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>582</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>573</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
@@ -3497,69 +3497,69 @@
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="4">
         <v>120</v>
       </c>
       <c r="J45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>178</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>179</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>180</v>
       </c>
       <c r="M47" s="7" t="s">
         <v>181</v>
       </c>
       <c r="N47" s="7" t="s">
         <v>182</v>
       </c>
       <c r="O47" s="7" t="s">
         <v>183</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>184</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>185</v>
       </c>
@@ -3788,230 +3788,230 @@
       </c>
       <c r="AC49" s="4">
         <v>120</v>
       </c>
       <c r="AD49" s="4">
         <v>120</v>
       </c>
       <c r="AE49" s="4">
         <v>120</v>
       </c>
       <c r="AF49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>122</v>
       </c>
       <c r="D51" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E51" s="7" t="s">
+      <c r="F51" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="F51" s="7" t="s">
+      <c r="G51" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="G51" s="7" t="s">
+      <c r="H51" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H51" s="7" t="s">
+      <c r="I51" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="I51" s="7" t="s">
+      <c r="J51" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J51" s="7" t="s">
+      <c r="K51" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="K51" s="7" t="s">
+      <c r="L51" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="L51" s="7" t="s">
+      <c r="M51" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="M51" s="7" t="s">
+      <c r="N51" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="N51" s="7" t="s">
+      <c r="O51" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="O51" s="7" t="s">
+      <c r="P51" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="P51" s="7" t="s">
+      <c r="Q51" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="Q51" s="7" t="s">
+      <c r="R51" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="R51" s="7" t="s">
+      <c r="S51" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="S51" s="7" t="s">
+      <c r="T51" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="T51" s="7" t="s">
+      <c r="U51" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="U51" s="7" t="s">
+      <c r="V51" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="V51" s="7" t="s">
+      <c r="W51" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="W51" s="7" t="s">
+      <c r="X51" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="X51" s="7" t="s">
+      <c r="Y51" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="Y51" s="7" t="s">
+      <c r="Z51" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="Z51" s="7" t="s">
+      <c r="AA51" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="AA51" s="7" t="s">
+      <c r="AB51" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="AB51" s="7" t="s">
+      <c r="AC51" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="AC51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD51" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE51" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="AE51" s="7" t="s">
+      <c r="AF51" s="7" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>573</v>
+      </c>
+      <c r="D52" s="4">
         <v>555</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>566</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>572</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>561</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>568</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>555</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>583</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>562</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>579</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>566</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>574</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>549</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>534</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>555</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>559</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>575</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>565</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>550</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>540</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>556</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>564</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>534</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>558</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>533</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>585</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>580</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>556</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>576</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="4">
         <v>120</v>
       </c>
       <c r="D53" s="4">
         <v>120</v>
       </c>
       <c r="E53" s="4">
         <v>120</v>
       </c>
       <c r="F53" s="4">
         <v>120</v>
       </c>
       <c r="G53" s="4">
         <v>120</v>
       </c>
       <c r="H53" s="4">
         <v>120</v>
       </c>
       <c r="I53" s="4">