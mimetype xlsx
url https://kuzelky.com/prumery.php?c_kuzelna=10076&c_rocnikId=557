--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -374,50 +374,53 @@
   <si>
     <t>11.1.2014</t>
   </si>
   <si>
     <t>7.12.2013</t>
   </si>
   <si>
     <t>23.11.2013</t>
   </si>
   <si>
     <t>9.11.2013</t>
   </si>
   <si>
     <t>12.10.2013</t>
   </si>
   <si>
     <t>21.9.2013</t>
   </si>
   <si>
     <t>27.4.2013</t>
   </si>
   <si>
     <t>Václav Rypel</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>Jiří Mikoláš</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>17.9.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>19.2.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
@@ -585,53 +588,50 @@
     <t>28.2.2020</t>
   </si>
   <si>
     <t>Kamil Nestrojil</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.4.2022</t>
   </si>
   <si>
     <t>František Caha</t>
   </si>
   <si>
     <t>19.3.2016</t>
   </si>
   <si>
     <t>28.3.2015</t>
   </si>
   <si>
     <t>7.3.2015</t>
   </si>
   <si>
     <t>21.2.2015</t>
   </si>
   <si>
     <t>31.1.2015</t>
   </si>
   <si>
     <t>10.1.2015</t>
   </si>
   <si>
     <t>27.9.2014</t>
   </si>
@@ -2276,230 +2276,230 @@
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D19" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="F19" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="F19" s="7" t="s">
+      <c r="G19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="G19" s="7" t="s">
+      <c r="H19" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="L19" s="7" t="s">
+      <c r="M19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="AC19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD19" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE19" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="AE19" s="7" t="s">
+      <c r="AF19" s="7" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>566</v>
+      </c>
+      <c r="D20" s="4">
         <v>578</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F20" s="4">
         <v>561</v>
       </c>
       <c r="G20" s="4">
+        <v>561</v>
+      </c>
+      <c r="H20" s="4">
         <v>584</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>554</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>537</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>557</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>562</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>543</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>556</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>622</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>557</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>567</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>591</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>593</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>607</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>552</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>570</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>592</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>550</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>564</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>568</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>535</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>534</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>593</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>573</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>543</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2555,144 +2555,144 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>94</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>39</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>40</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>558</v>
       </c>
       <c r="D24" s="5">
         <v>482</v>
       </c>
       <c r="E24" s="4">
         <v>576</v>
       </c>
       <c r="F24" s="5">
         <v>526</v>
       </c>
       <c r="G24" s="5">
         <v>447</v>
       </c>
       <c r="H24" s="5">
         <v>454</v>
       </c>
       <c r="I24" s="5">
@@ -2843,144 +2843,144 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>27</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>28</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>401</v>
       </c>
       <c r="D28" s="5">
         <v>435</v>
       </c>
       <c r="E28" s="5">
         <v>454</v>
       </c>
       <c r="F28" s="5">
         <v>452</v>
       </c>
       <c r="G28" s="5">
         <v>423</v>
       </c>
       <c r="H28" s="5">
         <v>418</v>
       </c>
       <c r="I28" s="5">
@@ -3131,117 +3131,117 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>23</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>89</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>90</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>91</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>92</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>93</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>94</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>95</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>97</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>98</v>
       </c>
@@ -3419,239 +3419,239 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D35" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="E35" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="E35" s="7" t="s">
+      <c r="F35" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="F35" s="7" t="s">
+      <c r="G35" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="G35" s="7" t="s">
+      <c r="H35" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="I35" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="I35" s="7" t="s">
+      <c r="J35" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="J35" s="7" t="s">
+      <c r="K35" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="K35" s="7" t="s">
+      <c r="L35" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="O35" s="7" t="s">
+      <c r="P35" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="T35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U35" s="7" t="s">
-        <v>184</v>
+        <v>122</v>
       </c>
       <c r="V35" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="W35" s="7" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>186</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>187</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>188</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>190</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>181</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>623</v>
+      </c>
+      <c r="D36" s="4">
         <v>559</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>592</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>534</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>543</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>566</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>577</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>607</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>590</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>584</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>583</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>601</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>581</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>600</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>593</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>591</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>599</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>590</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>569</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>572</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>591</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>624</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>607</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>629</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>600</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>588</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>617</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>582</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>573</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3803,69 +3803,69 @@
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
         <v>120</v>
       </c>
       <c r="J41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>201</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>202</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>203</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>204</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>205</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>206</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>207</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>208</v>
       </c>