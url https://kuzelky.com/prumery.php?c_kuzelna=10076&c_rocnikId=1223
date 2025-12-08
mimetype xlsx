--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -122,236 +122,239 @@
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Václav Rypel</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
+    <t>Jiří Mikoláš</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>17.9.2020</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>27.2.2020</t>
+  </si>
+  <si>
+    <t>19.2.2020</t>
+  </si>
+  <si>
+    <t>30.1.2020</t>
+  </si>
+  <si>
+    <t>27.11.2019</t>
+  </si>
+  <si>
+    <t>21.11.2019</t>
+  </si>
+  <si>
+    <t>15.11.2019</t>
+  </si>
+  <si>
+    <t>14.11.2019</t>
+  </si>
+  <si>
+    <t>17.10.2019</t>
+  </si>
+  <si>
+    <t>3.10.2019</t>
+  </si>
+  <si>
+    <t>26.9.2019</t>
+  </si>
+  <si>
+    <t>19.9.2019</t>
+  </si>
+  <si>
+    <t>24.3.2019</t>
+  </si>
+  <si>
+    <t>23.3.2019</t>
+  </si>
+  <si>
+    <t>17.3.2019</t>
+  </si>
+  <si>
+    <t>12.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>27.10.2018</t>
+  </si>
+  <si>
+    <t>13.10.2018</t>
+  </si>
+  <si>
+    <t>15.9.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>17.3.2018</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>24.2.2018</t>
+  </si>
+  <si>
+    <t>10.2.2018</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>25.11.2017</t>
+  </si>
+  <si>
+    <t>Dalibor Lang</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>26.9.2025</t>
+  </si>
+  <si>
+    <t>19.9.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>29.11.2024</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>15.3.2024</t>
+  </si>
+  <si>
+    <t>19.1.2024</t>
+  </si>
+  <si>
+    <t>8.12.2023</t>
+  </si>
+  <si>
+    <t>24.11.2023</t>
+  </si>
+  <si>
+    <t>3.11.2023</t>
+  </si>
+  <si>
+    <t>20.10.2023</t>
+  </si>
+  <si>
+    <t>29.9.2023</t>
+  </si>
+  <si>
+    <t>15.9.2023</t>
+  </si>
+  <si>
     <t>14.4.2023</t>
   </si>
   <si>
-    <t>Jiří Mikoláš</t>
-[...172 lines deleted...]
-  <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>Lukáš Toman</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
@@ -402,53 +405,50 @@
     <t>27.9.2019</t>
   </si>
   <si>
     <t>13.9.2019</t>
   </si>
   <si>
     <t>15.3.2019</t>
   </si>
   <si>
     <t>Kamil Nestrojil</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.4.2022</t>
   </si>
   <si>
     <t>Petr Toman</t>
   </si>
   <si>
     <t>19.2.2024</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
@@ -1268,230 +1268,230 @@
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="F7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="G7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="H7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="L7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="S7" s="6" t="s">
+      <c r="T7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="U7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AC7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD7" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE7" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AF7" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>566</v>
+      </c>
+      <c r="D8" s="4">
         <v>578</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F8" s="4">
         <v>561</v>
       </c>
       <c r="G8" s="4">
+        <v>561</v>
+      </c>
+      <c r="H8" s="4">
         <v>584</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>554</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>537</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>557</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>562</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>543</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>556</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>622</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>557</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>567</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>591</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>593</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>607</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>552</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>570</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>592</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>550</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>564</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>568</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>535</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>534</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>593</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>573</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>543</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1919,60 +1919,60 @@
       <c r="U15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>39</v>
+        <v>98</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>558</v>
       </c>
       <c r="D16" s="4">
         <v>534</v>
       </c>
       <c r="E16" s="4">
         <v>554</v>
       </c>
       <c r="F16" s="4">
         <v>548</v>
       </c>
       <c r="G16" s="4">
         <v>547</v>
       </c>
       <c r="H16" s="4">
         <v>582</v>
       </c>
       <c r="I16" s="4">
@@ -2123,51 +2123,51 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>81</v>
       </c>
@@ -2192,75 +2192,75 @@
       <c r="P19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>89</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>92</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>93</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>94</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>95</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>96</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>97</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>509</v>
       </c>
       <c r="D20" s="4">
         <v>525</v>
       </c>
       <c r="E20" s="4">
         <v>502</v>
       </c>
       <c r="F20" s="4">
         <v>555</v>
       </c>
       <c r="G20" s="4">
         <v>534</v>
       </c>
       <c r="H20" s="4">
         <v>554</v>
       </c>
       <c r="I20" s="4">
@@ -2411,144 +2411,144 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>89</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>90</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>94</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>95</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>39</v>
+        <v>98</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
         <v>466</v>
       </c>
       <c r="D24" s="7">
         <v>447</v>
       </c>
       <c r="E24" s="7">
         <v>493</v>
       </c>
       <c r="F24" s="7">
         <v>500</v>
       </c>
       <c r="G24" s="4">
         <v>557</v>
       </c>
       <c r="H24" s="4">
         <v>534</v>
       </c>
       <c r="I24" s="4">
@@ -2699,239 +2699,239 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D27" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="F27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="T27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U27" s="6" t="s">
-        <v>125</v>
+        <v>39</v>
       </c>
       <c r="V27" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>127</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>128</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>623</v>
+      </c>
+      <c r="D28" s="4">
         <v>559</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>592</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>534</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>543</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>566</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>577</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>607</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>590</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>584</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>583</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>601</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>581</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>600</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>593</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>591</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>599</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>590</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>569</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>572</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>591</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>624</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>607</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>629</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>600</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>588</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>617</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>582</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>573</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2993,135 +2993,135 @@
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>92</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>97</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>39</v>
+        <v>98</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>137</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>140</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>564</v>
       </c>
       <c r="D32" s="4">
         <v>522</v>
       </c>
       <c r="E32" s="4">
         <v>573</v>
       </c>
       <c r="F32" s="4">
         <v>580</v>
       </c>
       <c r="G32" s="4">
         <v>507</v>
       </c>
       <c r="H32" s="4">
@@ -3572,230 +3572,230 @@
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L39" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M39" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AC39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD39" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE39" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>573</v>
+      </c>
+      <c r="D40" s="4">
         <v>555</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>566</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>572</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>561</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>568</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>555</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>583</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>562</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>579</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>566</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>574</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>549</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>534</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>555</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>559</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>575</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>565</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>550</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>540</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>556</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>564</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>534</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>558</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>533</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>585</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>580</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>556</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>576</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">