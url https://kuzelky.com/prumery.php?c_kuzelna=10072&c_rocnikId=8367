--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -12,98 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Slavonice na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Pavel Blažek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Svoboda</t>
   </si>
   <si>
     <t>2.12.2017</t>
   </si>
   <si>
     <t>Michal Dostál</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>Josef Petrik</t>
   </si>
   <si>
     <t>Vojtěch Balík</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>David Drobilič</t>
   </si>
   <si>
     <t>1.3.2019</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>Jiří Matoušek</t>
   </si>
   <si>
     <t>Ladislav Chalupa</t>
   </si>
@@ -538,651 +541,696 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J41"/>
+  <dimension ref="A1:K41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D41" sqref="D41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" customHeight="1" ht="21">
+    <row r="1" spans="1:11" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:10">
+    <row r="3" spans="1:11">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="4" spans="1:10">
+    <row r="4" spans="1:11">
       <c r="B4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="4">
         <v>572</v>
       </c>
       <c r="D4" s="4">
         <v>569</v>
       </c>
       <c r="E4" s="4">
         <v>557</v>
       </c>
       <c r="F4" s="4">
         <v>600</v>
       </c>
       <c r="G4" s="4">
         <v>536</v>
       </c>
       <c r="H4" s="4">
         <v>533</v>
       </c>
       <c r="I4" s="4">
         <v>542</v>
       </c>
       <c r="J4" s="4">
         <v>550</v>
       </c>
     </row>
-    <row r="5" spans="1:10">
+    <row r="5" spans="1:11">
       <c r="B5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
         <v>120</v>
       </c>
       <c r="J5" s="4">
         <v>120</v>
       </c>
     </row>
-    <row r="7" spans="1:10">
+    <row r="7" spans="1:11">
       <c r="A7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8" spans="1:10">
+    <row r="8" spans="1:11">
       <c r="B8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="4">
         <v>582</v>
       </c>
       <c r="D8" s="4">
         <v>531</v>
       </c>
       <c r="E8" s="4">
         <v>542</v>
       </c>
     </row>
-    <row r="9" spans="1:10">
+    <row r="9" spans="1:11">
       <c r="B9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
     </row>
-    <row r="11" spans="1:10">
+    <row r="11" spans="1:11">
       <c r="A11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E11" s="6" t="s">
+      <c r="F11" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:10">
+    <row r="12" spans="1:11">
       <c r="B12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="4">
+        <v>604</v>
+      </c>
+      <c r="D12" s="4">
         <v>620</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>564</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>539</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>565</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>549</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>509</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>575</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>579</v>
       </c>
     </row>
-    <row r="13" spans="1:10">
+    <row r="13" spans="1:11">
       <c r="B13" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
         <v>120</v>
       </c>
       <c r="J13" s="4">
         <v>120</v>
       </c>
-    </row>
-    <row r="15" spans="1:10">
+      <c r="K13" s="4">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
       <c r="A15" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="16" spans="1:10">
+    <row r="16" spans="1:11">
       <c r="B16" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="4">
         <v>576</v>
       </c>
     </row>
-    <row r="17" spans="1:10">
+    <row r="17" spans="1:11">
       <c r="B17" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
     </row>
-    <row r="19" spans="1:10">
+    <row r="19" spans="1:11">
       <c r="A19" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10">
+        <v>16</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C20" s="7">
+      <c r="C20" s="4">
+        <v>568</v>
+      </c>
+      <c r="D20" s="7">
         <v>446</v>
       </c>
     </row>
-    <row r="21" spans="1:10">
+    <row r="21" spans="1:11">
       <c r="B21" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="6">
+      <c r="C21" s="4">
+        <v>120</v>
+      </c>
+      <c r="D21" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="23" spans="1:10">
+    <row r="23" spans="1:11">
       <c r="A23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>21</v>
       </c>
-    </row>
-    <row r="24" spans="1:10">
+      <c r="H23" s="6" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
       <c r="B24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="4">
+        <v>576</v>
+      </c>
+      <c r="D24" s="4">
         <v>580</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>575</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>577</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>434</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>437</v>
       </c>
     </row>
-    <row r="25" spans="1:10">
+    <row r="25" spans="1:11">
       <c r="B25" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
-      <c r="F25" s="6">
-        <v>100</v>
+      <c r="F25" s="4">
+        <v>120</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
-    </row>
-    <row r="27" spans="1:10">
+      <c r="H25" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
       <c r="A27" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="28" spans="1:10">
+    <row r="28" spans="1:11">
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="4">
+        <v>547</v>
+      </c>
+      <c r="D28" s="4">
         <v>574</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>566</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>577</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>537</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>421</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>538</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>566</v>
       </c>
     </row>
-    <row r="29" spans="1:10">
+    <row r="29" spans="1:11">
       <c r="B29" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
-      <c r="G29" s="6">
+      <c r="G29" s="4">
+        <v>120</v>
+      </c>
+      <c r="H29" s="6">
         <v>100</v>
       </c>
-      <c r="H29" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
-    </row>
-    <row r="31" spans="1:10">
+      <c r="J29" s="4">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
       <c r="A31" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="I31" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J31" s="6" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="32" spans="1:10">
+    <row r="32" spans="1:11">
       <c r="B32" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="4">
+        <v>626</v>
+      </c>
+      <c r="D32" s="4">
         <v>601</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>576</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>577</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>422</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>425</v>
       </c>
-      <c r="H32" s="7">
+      <c r="I32" s="7">
         <v>429</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>522</v>
       </c>
     </row>
-    <row r="33" spans="1:10">
+    <row r="33" spans="1:11">
       <c r="B33" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
-      <c r="F33" s="6">
-        <v>100</v>
+      <c r="F33" s="4">
+        <v>120</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
-      <c r="I33" s="4">
-[...3 lines deleted...]
-    <row r="35" spans="1:10">
+      <c r="I33" s="6">
+        <v>100</v>
+      </c>
+      <c r="J33" s="4">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
       <c r="A35" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="36" spans="1:10">
+    <row r="36" spans="1:11">
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="4">
         <v>558</v>
       </c>
       <c r="D36" s="4">
         <v>557</v>
       </c>
       <c r="E36" s="4">
         <v>539</v>
       </c>
       <c r="F36" s="4">
         <v>561</v>
       </c>
     </row>
-    <row r="37" spans="1:10">
+    <row r="37" spans="1:11">
       <c r="B37" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
     </row>
-    <row r="39" spans="1:10">
+    <row r="39" spans="1:11">
       <c r="A39" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11">
       <c r="B40" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C40" s="7">
         <v>473</v>
       </c>
       <c r="D40" s="7">
         <v>450</v>
       </c>
     </row>
-    <row r="41" spans="1:10">
+    <row r="41" spans="1:11">
       <c r="B41" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>