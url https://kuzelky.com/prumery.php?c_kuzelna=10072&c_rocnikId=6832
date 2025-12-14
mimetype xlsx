--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice B na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Karel Kunc</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
@@ -110,53 +113,50 @@
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
-    <t>2.12.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Petr Bína</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>9.2.2024</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>Pavel Kabelka</t>
@@ -374,50 +374,53 @@
   <si>
     <t>Lukáš Prkna</t>
   </si>
   <si>
     <t>Josef Brtník</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>26.10.2024</t>
   </si>
   <si>
     <t>17.2.2024</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>Dušan Rodek</t>
   </si>
   <si>
     <t>Stanislav Dvořák</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>5.12.2025</t>
   </si>
   <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
@@ -447,53 +450,50 @@
     <t>26.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>12.12.2021</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>29.10.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>2.10.2021</t>
   </si>
   <si>
     <t>Jan Neuvirt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1009,138 +1009,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="D4" s="4">
         <v>541</v>
       </c>
       <c r="E4" s="4">
+        <v>541</v>
+      </c>
+      <c r="F4" s="4">
         <v>567</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>586</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>574</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>549</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>602</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>614</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>595</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>597</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>642</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>571</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>539</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>607</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>610</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>605</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>579</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>562</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>574</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>554</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>567</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>559</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>547</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>567</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>559</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>560</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>568</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>549</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1202,233 +1202,233 @@
       </c>
       <c r="AB5" s="4">
         <v>120</v>
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M7" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="N7" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q7" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="U7" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="Y7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z7" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>550</v>
+      </c>
+      <c r="D8" s="4">
         <v>529</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>559</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>548</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>624</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>561</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>613</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>573</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>601</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>635</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>594</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>566</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>606</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>611</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>615</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>588</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>606</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>572</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>574</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>538</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>619</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>580</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>572</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>571</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>558</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>618</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>521</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>570</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>558</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1505,66 +1505,66 @@
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>40</v>
       </c>
@@ -2390,51 +2390,51 @@
       <c r="G23" s="6" t="s">
         <v>71</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>72</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>73</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>75</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>78</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>79</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>80</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>53</v>
       </c>
@@ -2852,117 +2852,117 @@
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>111</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>77</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
         <v>495</v>
       </c>
       <c r="D32" s="7">
         <v>510</v>
       </c>
       <c r="E32" s="7">
         <v>471</v>
       </c>
       <c r="F32" s="7">
         <v>503</v>
       </c>
       <c r="G32" s="7">
         <v>480</v>
       </c>
       <c r="H32" s="7">
         <v>485</v>
       </c>
       <c r="I32" s="7">
@@ -3164,51 +3164,51 @@
       <c r="J35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>77</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>80</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>40</v>
       </c>
@@ -3740,51 +3740,51 @@
       <c r="J43" s="6" t="s">
         <v>74</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>80</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>81</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>81</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>40</v>
       </c>
@@ -3986,230 +3986,230 @@
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>120</v>
       </c>
       <c r="D47" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E47" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>122</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>123</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>124</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>125</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>126</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>127</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>128</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>129</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>130</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>131</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>132</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>133</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>134</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>14</v>
+        <v>135</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>136</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>137</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>138</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>139</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>140</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>141</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>142</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>143</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>144</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="D48" s="7">
         <v>479</v>
       </c>
       <c r="E48" s="7">
+        <v>479</v>
+      </c>
+      <c r="F48" s="7">
         <v>482</v>
       </c>
-      <c r="F48" s="7">
+      <c r="G48" s="7">
         <v>481</v>
       </c>
-      <c r="G48" s="7">
+      <c r="H48" s="7">
         <v>443</v>
       </c>
-      <c r="H48" s="7">
+      <c r="I48" s="7">
         <v>432</v>
       </c>
-      <c r="I48" s="7">
+      <c r="J48" s="7">
         <v>506</v>
       </c>
-      <c r="J48" s="7">
+      <c r="K48" s="7">
         <v>457</v>
       </c>
-      <c r="K48" s="7">
+      <c r="L48" s="7">
         <v>458</v>
       </c>
-      <c r="L48" s="7">
+      <c r="M48" s="7">
         <v>472</v>
       </c>
-      <c r="M48" s="7">
+      <c r="N48" s="7">
         <v>460</v>
       </c>
-      <c r="N48" s="7">
+      <c r="O48" s="7">
         <v>462</v>
       </c>
-      <c r="O48" s="7">
+      <c r="P48" s="7">
         <v>473</v>
       </c>
-      <c r="P48" s="7">
+      <c r="Q48" s="7">
         <v>501</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>475</v>
       </c>
-      <c r="R48" s="7">
+      <c r="S48" s="7">
         <v>479</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>429</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>568</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>519</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>551</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>560</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>571</v>
       </c>
-      <c r="Y48" s="7">
+      <c r="Z48" s="7">
         <v>411</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>570</v>
       </c>
-      <c r="AA48" s="7">
+      <c r="AB48" s="7">
         <v>455</v>
       </c>
-      <c r="AB48" s="7">
+      <c r="AC48" s="7">
         <v>480</v>
       </c>
-      <c r="AC48" s="7">
+      <c r="AD48" s="7">
         <v>467</v>
       </c>
-      <c r="AD48" s="7">
+      <c r="AE48" s="7">
         <v>431</v>
       </c>
-      <c r="AE48" s="7">
+      <c r="AF48" s="7">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
@@ -4223,281 +4223,281 @@
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
-      <c r="T49" s="4">
-        <v>120</v>
+      <c r="T49" s="6">
+        <v>100</v>
       </c>
       <c r="U49" s="4">
         <v>120</v>
       </c>
       <c r="V49" s="4">
         <v>120</v>
       </c>
       <c r="W49" s="4">
         <v>120</v>
       </c>
       <c r="X49" s="4">
         <v>120</v>
       </c>
-      <c r="Y49" s="6">
+      <c r="Y49" s="4">
+        <v>120</v>
+      </c>
+      <c r="Z49" s="6">
         <v>100</v>
       </c>
-      <c r="Z49" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AA49" s="4">
+        <v>120</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
-      <c r="AF49" s="4">
-        <v>120</v>
+      <c r="AF49" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="D51" s="6" t="s">
+      <c r="E51" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G51" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="H51" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="H51" s="6" t="s">
+      <c r="I51" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="O51" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="O51" s="6" t="s">
+      <c r="P51" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="S51" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="S51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T51" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="U51" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="U51" s="6" t="s">
+      <c r="V51" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="V51" s="6" t="s">
+      <c r="W51" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="W51" s="6" t="s">
+      <c r="X51" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="Y51" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Z51" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Z51" s="6" t="s">
+      <c r="AA51" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="AA51" s="6" t="s">
+      <c r="AB51" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="AE51" s="6" t="s">
+      <c r="AF51" s="6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>561</v>
+      </c>
+      <c r="D52" s="4">
         <v>567</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>527</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>582</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>533</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>575</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>564</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>585</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>567</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>548</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>624</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>543</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>624</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>579</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>626</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>547</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>564</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>537</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>567</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>580</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>533</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>586</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>559</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>558</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>564</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>549</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>562</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>560</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>545</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="4">
         <v>120</v>
       </c>
       <c r="D53" s="4">
         <v>120</v>
       </c>
       <c r="E53" s="4">
         <v>120</v>
       </c>
       <c r="F53" s="4">
         <v>120</v>
       </c>
       <c r="G53" s="4">
         <v>120</v>
       </c>
       <c r="H53" s="4">
         <v>120</v>
       </c>
       <c r="I53" s="4">