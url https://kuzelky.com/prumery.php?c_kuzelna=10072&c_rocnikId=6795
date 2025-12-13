--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Jiří Němec</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
@@ -269,50 +269,53 @@
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>Michal Waszniovski</t>
   </si>
   <si>
     <t>7.4.2022</t>
   </si>
   <si>
     <t>Tomáš Pospíchal</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>Josef Brtník</t>
   </si>
   <si>
     <t>Dušan Rodek</t>
   </si>
   <si>
     <t>Stanislav Dvořák</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>5.12.2025</t>
   </si>
   <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
@@ -341,93 +344,93 @@
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>12.12.2021</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>29.10.2021</t>
   </si>
   <si>
+    <t>Jan Kubeš</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>17.3.2023</t>
+  </si>
+  <si>
+    <t>10.2.2023</t>
+  </si>
+  <si>
+    <t>3.2.2023</t>
+  </si>
+  <si>
+    <t>20.1.2023</t>
+  </si>
+  <si>
+    <t>11.11.2022</t>
+  </si>
+  <si>
+    <t>4.11.2022</t>
+  </si>
+  <si>
+    <t>30.9.2022</t>
+  </si>
+  <si>
+    <t>16.9.2022</t>
+  </si>
+  <si>
+    <t>26.2.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
     <t>2.10.2021</t>
-  </si>
-[...40 lines deleted...]
-    <t>20.11.2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3728,230 +3731,230 @@
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>85</v>
       </c>
       <c r="D43" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>87</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>88</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>89</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>90</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>91</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>92</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>94</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="S43" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="T43" s="6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="W43" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="X43" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
-        <v>0</v>
+        <v>476</v>
       </c>
       <c r="D44" s="7">
         <v>479</v>
       </c>
       <c r="E44" s="7">
+        <v>479</v>
+      </c>
+      <c r="F44" s="7">
         <v>482</v>
       </c>
-      <c r="F44" s="7">
+      <c r="G44" s="7">
         <v>481</v>
       </c>
-      <c r="G44" s="7">
+      <c r="H44" s="7">
         <v>443</v>
       </c>
-      <c r="H44" s="7">
+      <c r="I44" s="7">
         <v>432</v>
       </c>
-      <c r="I44" s="7">
+      <c r="J44" s="7">
         <v>506</v>
       </c>
-      <c r="J44" s="7">
+      <c r="K44" s="7">
         <v>457</v>
       </c>
-      <c r="K44" s="7">
+      <c r="L44" s="7">
         <v>458</v>
       </c>
-      <c r="L44" s="7">
+      <c r="M44" s="7">
         <v>472</v>
       </c>
-      <c r="M44" s="7">
+      <c r="N44" s="7">
         <v>460</v>
       </c>
-      <c r="N44" s="7">
+      <c r="O44" s="7">
         <v>462</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P44" s="7">
         <v>473</v>
       </c>
-      <c r="P44" s="7">
+      <c r="Q44" s="7">
         <v>501</v>
       </c>
-      <c r="Q44" s="7">
+      <c r="R44" s="7">
         <v>475</v>
       </c>
-      <c r="R44" s="7">
+      <c r="S44" s="7">
         <v>479</v>
       </c>
-      <c r="S44" s="7">
+      <c r="T44" s="7">
         <v>429</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>568</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>519</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>551</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>560</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>571</v>
       </c>
-      <c r="Y44" s="7">
+      <c r="Z44" s="7">
         <v>411</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>570</v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AB44" s="7">
         <v>455</v>
       </c>
-      <c r="AB44" s="7">
+      <c r="AC44" s="7">
         <v>480</v>
       </c>
-      <c r="AC44" s="7">
+      <c r="AD44" s="7">
         <v>467</v>
       </c>
-      <c r="AD44" s="7">
+      <c r="AE44" s="7">
         <v>431</v>
       </c>
-      <c r="AE44" s="7">
+      <c r="AF44" s="7">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -3965,186 +3968,186 @@
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
-      <c r="T45" s="4">
-        <v>120</v>
+      <c r="T45" s="6">
+        <v>100</v>
       </c>
       <c r="U45" s="4">
         <v>120</v>
       </c>
       <c r="V45" s="4">
         <v>120</v>
       </c>
       <c r="W45" s="4">
         <v>120</v>
       </c>
       <c r="X45" s="4">
         <v>120</v>
       </c>
-      <c r="Y45" s="6">
+      <c r="Y45" s="4">
+        <v>120</v>
+      </c>
+      <c r="Z45" s="6">
         <v>100</v>
       </c>
-      <c r="Z45" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AA45" s="4">
+        <v>120</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
-      <c r="AF45" s="4">
-        <v>120</v>
+      <c r="AF45" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>112</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>113</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>114</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>115</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>116</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>117</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>118</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>119</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>120</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>121</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>122</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>123</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
         <v>460</v>
       </c>
       <c r="D48" s="7">
         <v>443</v>
       </c>
       <c r="E48" s="7">
         <v>497</v>
       </c>
       <c r="F48" s="7">
         <v>502</v>
       </c>
       <c r="G48" s="7">
         <v>477</v>
       </c>
       <c r="H48" s="7">
         <v>493</v>
       </c>
       <c r="I48" s="7">