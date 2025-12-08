--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Jiří Němec</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
@@ -405,50 +405,53 @@
     <t>18.9.2021</t>
   </si>
   <si>
     <t>7.9.2019</t>
   </si>
   <si>
     <t>Michal Waszniovski</t>
   </si>
   <si>
     <t>Tomáš Pospíchal</t>
   </si>
   <si>
     <t>Josef Brtník</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>Dušan Rodek</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>Jan Neuvirt</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4331,233 +4334,233 @@
       </c>
       <c r="AB49" s="4">
         <v>120</v>
       </c>
       <c r="AC49" s="4">
         <v>120</v>
       </c>
       <c r="AD49" s="4">
         <v>120</v>
       </c>
       <c r="AE49" s="4">
         <v>120</v>
       </c>
       <c r="AF49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>133</v>
       </c>
       <c r="G51" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="H51" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="H51" s="6" t="s">
+      <c r="I51" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="O51" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="O51" s="6" t="s">
+      <c r="P51" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="S51" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="S51" s="6" t="s">
+      <c r="T51" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="T51" s="6" t="s">
+      <c r="U51" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="U51" s="6" t="s">
+      <c r="V51" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="V51" s="6" t="s">
+      <c r="W51" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="W51" s="6" t="s">
+      <c r="X51" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="Y51" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Z51" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="Z51" s="6" t="s">
+      <c r="AA51" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AA51" s="6" t="s">
+      <c r="AB51" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="AE51" s="6" t="s">
+      <c r="AF51" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>561</v>
+      </c>
+      <c r="D52" s="4">
         <v>567</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>527</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>582</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>533</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>575</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>564</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>585</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>567</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>548</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>624</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>543</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>624</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>579</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>626</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>547</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>564</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>537</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>567</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>580</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>533</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>586</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>559</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>558</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>564</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>549</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>562</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>560</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>545</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="4">
         <v>120</v>
       </c>
       <c r="D53" s="4">
         <v>120</v>
       </c>
       <c r="E53" s="4">
         <v>120</v>
       </c>
       <c r="F53" s="4">
         <v>120</v>
       </c>
       <c r="G53" s="4">
         <v>120</v>
       </c>
       <c r="H53" s="4">
         <v>120</v>
       </c>
       <c r="I53" s="4">