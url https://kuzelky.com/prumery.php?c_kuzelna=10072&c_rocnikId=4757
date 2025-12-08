--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice E na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Jiří Matouš</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
     <t>25.11.2024</t>
   </si>
   <si>
     <t>7.11.2024</t>
   </si>
   <si>
     <t>17.10.2024</t>
   </si>
   <si>
@@ -117,50 +117,53 @@
     <t>7.3.2019</t>
   </si>
   <si>
     <t>31.1.2019</t>
   </si>
   <si>
     <t>22.11.2018</t>
   </si>
   <si>
     <t>1.11.2018</t>
   </si>
   <si>
     <t>11.10.2018</t>
   </si>
   <si>
     <t>20.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Miloš Křížek</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
@@ -1439,146 +1442,146 @@
       <c r="X7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AF7" s="6" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="4">
+        <v>484</v>
+      </c>
+      <c r="D8" s="4">
         <v>456</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>448</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>435</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>439</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>503</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>448</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>449</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>468</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>484</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>452</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>482</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>463</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>494</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>502</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>487</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>431</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>440</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>443</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>461</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>440</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>434</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>452</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>464</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>457</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>461</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>470</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>429</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>436</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1634,144 +1637,144 @@
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="7">
         <v>627</v>
       </c>
       <c r="D12" s="7">
         <v>590</v>
       </c>
       <c r="E12" s="7">
         <v>593</v>
       </c>
       <c r="F12" s="7">
         <v>579</v>
       </c>
       <c r="G12" s="7">
         <v>608</v>
       </c>
       <c r="H12" s="7">
         <v>608</v>
       </c>
       <c r="I12" s="7">
@@ -1922,144 +1925,144 @@
       </c>
       <c r="Z13" s="7">
         <v>120</v>
       </c>
       <c r="AA13" s="7">
         <v>120</v>
       </c>
       <c r="AB13" s="7">
         <v>120</v>
       </c>
       <c r="AC13" s="7">
         <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="7">
         <v>120</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4">
         <v>460</v>
       </c>
       <c r="D16" s="4">
         <v>430</v>
       </c>
       <c r="E16" s="4">
         <v>457</v>
       </c>
       <c r="F16" s="4">
         <v>478</v>
       </c>
       <c r="G16" s="4">
         <v>451</v>
       </c>
       <c r="H16" s="4">
         <v>433</v>
       </c>
       <c r="I16" s="4">
@@ -2210,144 +2213,144 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>120</v>
       </c>
       <c r="AE17" s="7">
         <v>120</v>
       </c>
       <c r="AF17" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="7">
         <v>602</v>
       </c>
       <c r="D20" s="7">
         <v>602</v>
       </c>
       <c r="E20" s="7">
         <v>595</v>
       </c>
       <c r="F20" s="7">
         <v>661</v>
       </c>
       <c r="G20" s="7">
         <v>663</v>
       </c>
       <c r="H20" s="7">
         <v>592</v>
       </c>
       <c r="I20" s="7">
@@ -2498,432 +2501,432 @@
       </c>
       <c r="Z21" s="7">
         <v>120</v>
       </c>
       <c r="AA21" s="7">
         <v>120</v>
       </c>
       <c r="AB21" s="7">
         <v>120</v>
       </c>
       <c r="AC21" s="7">
         <v>120</v>
       </c>
       <c r="AD21" s="7">
         <v>120</v>
       </c>
       <c r="AE21" s="7">
         <v>120</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>127</v>
+        <v>42</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>42</v>
+        <v>128</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>130</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>106</v>
+        <v>55</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>55</v>
+        <v>107</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>109</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="4">
+        <v>539</v>
+      </c>
+      <c r="D24" s="4">
         <v>505</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>459</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>523</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>500</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>543</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>584</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>484</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>486</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>492</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>495</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>497</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>454</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>502</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>513</v>
       </c>
-      <c r="Q24" s="7">
+      <c r="R24" s="7">
         <v>550</v>
       </c>
-      <c r="R24" s="7">
+      <c r="S24" s="7">
         <v>551</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>471</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>454</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>467</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>483</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>473</v>
       </c>
-      <c r="X24" s="7">
+      <c r="Y24" s="7">
         <v>533</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>491</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>483</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>500</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>463</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>484</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>506</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
-      <c r="H25" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H25" s="6">
+        <v>100</v>
+      </c>
+      <c r="I25" s="7">
+        <v>120</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
-      <c r="Q25" s="7">
-        <v>120</v>
+      <c r="Q25" s="6">
+        <v>100</v>
       </c>
       <c r="R25" s="7">
         <v>120</v>
       </c>
-      <c r="S25" s="6">
-        <v>100</v>
+      <c r="S25" s="7">
+        <v>120</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
-      <c r="X25" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="X25" s="6">
+        <v>100</v>
+      </c>
+      <c r="Y25" s="7">
+        <v>120</v>
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="7">
         <v>586</v>
       </c>
       <c r="D28" s="7">
         <v>571</v>
       </c>
       <c r="E28" s="7">
         <v>557</v>
       </c>
       <c r="F28" s="7">
         <v>589</v>
       </c>
       <c r="G28" s="7">
         <v>559</v>
       </c>
       <c r="H28" s="7">
         <v>592</v>
       </c>
       <c r="I28" s="7">
@@ -3074,114 +3077,114 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="4">
@@ -3326,51 +3329,51 @@
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>41</v>
       </c>
@@ -3380,185 +3383,185 @@
       <c r="K35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>166</v>
+        <v>51</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>167</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>129</v>
+        <v>168</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>168</v>
+        <v>52</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>52</v>
+        <v>169</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>169</v>
+        <v>56</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>57</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="4">
         <v>479</v>
       </c>
       <c r="D36" s="4">
+        <v>479</v>
+      </c>
+      <c r="E36" s="4">
         <v>482</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>481</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>443</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>432</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>506</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>457</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>458</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>472</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>460</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>462</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>473</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>501</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>475</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>479</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>429</v>
       </c>
-      <c r="S36" s="7">
+      <c r="T36" s="7">
         <v>568</v>
       </c>
-      <c r="T36" s="7">
+      <c r="U36" s="7">
         <v>519</v>
       </c>
-      <c r="U36" s="7">
+      <c r="V36" s="7">
         <v>551</v>
       </c>
-      <c r="V36" s="7">
+      <c r="W36" s="7">
         <v>560</v>
       </c>
-      <c r="W36" s="7">
+      <c r="X36" s="7">
         <v>571</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>411</v>
       </c>
-      <c r="Y36" s="7">
+      <c r="Z36" s="7">
         <v>570</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>455</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>480</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>467</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>431</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>430</v>
       </c>
-      <c r="AE36" s="7">
+      <c r="AF36" s="7">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3569,165 +3572,165 @@
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
-      <c r="S37" s="7">
-        <v>120</v>
+      <c r="S37" s="6">
+        <v>100</v>
       </c>
       <c r="T37" s="7">
         <v>120</v>
       </c>
       <c r="U37" s="7">
         <v>120</v>
       </c>
       <c r="V37" s="7">
         <v>120</v>
       </c>
       <c r="W37" s="7">
         <v>120</v>
       </c>
-      <c r="X37" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="X37" s="7">
+        <v>120</v>
+      </c>
+      <c r="Y37" s="6">
+        <v>100</v>
+      </c>
+      <c r="Z37" s="7">
+        <v>120</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
-      <c r="AE37" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF37" s="7">
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C40" s="4">
         <v>479</v>
       </c>
       <c r="D40" s="4">
         <v>481</v>
       </c>
       <c r="E40" s="4">
         <v>457</v>
       </c>
       <c r="F40" s="4">
         <v>491</v>
       </c>
       <c r="G40" s="4">
         <v>456</v>
       </c>
       <c r="H40" s="4">
         <v>458</v>
       </c>
       <c r="I40" s="4">
@@ -3830,144 +3833,144 @@
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="7">
         <v>120</v>
       </c>
       <c r="W41" s="7">
         <v>120</v>
       </c>
       <c r="X41" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="4">
         <v>412</v>
       </c>
       <c r="D44" s="4">
         <v>439</v>
       </c>
       <c r="E44" s="4">
         <v>486</v>
       </c>
       <c r="F44" s="4">
         <v>406</v>
       </c>
       <c r="G44" s="7">
         <v>572</v>
       </c>
       <c r="H44" s="7">
         <v>549</v>
       </c>
       <c r="I44" s="4">