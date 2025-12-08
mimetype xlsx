--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -428,50 +428,53 @@
   <si>
     <t>8.2.2014</t>
   </si>
   <si>
     <t>18.1.2014</t>
   </si>
   <si>
     <t>30.11.2013</t>
   </si>
   <si>
     <t>14.9.2013</t>
   </si>
   <si>
     <t>16.3.2013</t>
   </si>
   <si>
     <t>3.12.2011</t>
   </si>
   <si>
     <t>19.11.2011</t>
   </si>
   <si>
     <t>Karel Kunc</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
@@ -507,53 +510,50 @@
     <t>20.10.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>2.12.2022</t>
   </si>
   <si>
     <t>Pavel Kabelka</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
@@ -2819,57 +2819,57 @@
       <c r="F31" s="7" t="s">
         <v>141</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>142</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>143</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>144</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>145</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>146</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>147</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>148</v>
       </c>
       <c r="N31" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="O31" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>150</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>151</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>152</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>153</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>154</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>155</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>156</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>157</v>
       </c>
@@ -2881,138 +2881,138 @@
       </c>
       <c r="AA31" s="7" t="s">
         <v>160</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>161</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>162</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>163</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>164</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="5">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="D32" s="5">
         <v>541</v>
       </c>
       <c r="E32" s="5">
+        <v>541</v>
+      </c>
+      <c r="F32" s="5">
         <v>567</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>586</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>574</v>
       </c>
-      <c r="H32" s="5">
+      <c r="I32" s="5">
         <v>549</v>
       </c>
-      <c r="I32" s="5">
+      <c r="J32" s="5">
         <v>602</v>
       </c>
-      <c r="J32" s="5">
+      <c r="K32" s="5">
         <v>614</v>
       </c>
-      <c r="K32" s="5">
+      <c r="L32" s="5">
         <v>595</v>
       </c>
-      <c r="L32" s="5">
+      <c r="M32" s="5">
         <v>597</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>642</v>
       </c>
-      <c r="N32" s="5">
+      <c r="O32" s="5">
         <v>571</v>
       </c>
-      <c r="O32" s="5">
+      <c r="P32" s="5">
         <v>539</v>
       </c>
-      <c r="P32" s="5">
+      <c r="Q32" s="5">
         <v>607</v>
       </c>
-      <c r="Q32" s="5">
+      <c r="R32" s="5">
         <v>610</v>
       </c>
-      <c r="R32" s="5">
+      <c r="S32" s="5">
         <v>605</v>
       </c>
-      <c r="S32" s="5">
+      <c r="T32" s="5">
         <v>579</v>
       </c>
-      <c r="T32" s="5">
+      <c r="U32" s="5">
         <v>562</v>
       </c>
-      <c r="U32" s="5">
+      <c r="V32" s="5">
         <v>574</v>
       </c>
-      <c r="V32" s="5">
+      <c r="W32" s="5">
         <v>554</v>
       </c>
-      <c r="W32" s="5">
+      <c r="X32" s="5">
         <v>567</v>
       </c>
-      <c r="X32" s="5">
+      <c r="Y32" s="5">
         <v>559</v>
       </c>
-      <c r="Y32" s="5">
+      <c r="Z32" s="5">
         <v>547</v>
       </c>
-      <c r="Z32" s="5">
+      <c r="AA32" s="5">
         <v>567</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>559</v>
       </c>
-      <c r="AB32" s="5">
+      <c r="AC32" s="5">
         <v>560</v>
       </c>
-      <c r="AC32" s="5">
+      <c r="AD32" s="5">
         <v>568</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>549</v>
       </c>
-      <c r="AE32" s="5">
+      <c r="AF32" s="5">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="5">
         <v>120</v>
       </c>
       <c r="D33" s="5">
         <v>120</v>
       </c>
       <c r="E33" s="5">
         <v>120</v>
       </c>
       <c r="F33" s="5">
         <v>120</v>
       </c>
       <c r="G33" s="5">
         <v>120</v>
       </c>
       <c r="H33" s="5">
         <v>120</v>
       </c>
       <c r="I33" s="5">
@@ -3089,60 +3089,60 @@
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>167</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>168</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>169</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>170</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>77</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>78</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>79</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>79</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>80</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>82</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>82</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>119</v>
       </c>