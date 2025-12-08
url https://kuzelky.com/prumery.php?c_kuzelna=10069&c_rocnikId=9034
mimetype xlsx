--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Výsledky hráčů družstva KK Ježci Jihlava na kuželně KK PSJ Jihlava</t>
   </si>
   <si>
     <t>Robin Parkan</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>2.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>17.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
@@ -110,120 +113,117 @@
   <si>
     <t>2.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Stanislav Partl</t>
+  </si>
+  <si>
+    <t>5.4.2025</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>16.3.2025</t>
+  </si>
+  <si>
+    <t>15.3.2025</t>
+  </si>
+  <si>
+    <t>2.3.2025</t>
+  </si>
+  <si>
+    <t>1.3.2025</t>
+  </si>
+  <si>
+    <t>15.2.2025</t>
+  </si>
+  <si>
+    <t>2.11.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>28.10.2023</t>
+  </si>
+  <si>
+    <t>23.9.2023</t>
+  </si>
+  <si>
+    <t>Lukáš Vik</t>
+  </si>
+  <si>
+    <t>10.10.2015</t>
+  </si>
+  <si>
+    <t>Jakub Dařílek</t>
+  </si>
+  <si>
+    <t>Tomáš Valík</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>Petr Dobeš ml.</t>
+  </si>
+  <si>
+    <t>Vít Jírovec</t>
+  </si>
+  <si>
     <t>18.9.2022</t>
-  </si>
-[...67 lines deleted...]
-    <t>Vít Jírovec</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>20.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -625,51 +625,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="AC29" sqref="AC29"/>
+      <selection activeCell="AD29" sqref="AD29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -742,138 +742,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>637</v>
+      </c>
+      <c r="D4" s="4">
         <v>625</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>663</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>661</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>589</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>568</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>646</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>648</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>626</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>596</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>632</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>587</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>617</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>619</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>630</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>576</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>625</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>572</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>606</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>591</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>603</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>613</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>619</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>627</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>597</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>607</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>646</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>606</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>625</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -935,138 +935,138 @@
       </c>
       <c r="AB5" s="4">
         <v>120</v>
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V7" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Z7" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AB7" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AC7" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AD7" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AE7" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AF7" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
         <v>576</v>
       </c>
       <c r="D8" s="4">
         <v>537</v>
       </c>
       <c r="E8" s="4">
         <v>601</v>
       </c>
       <c r="F8" s="4">
         <v>665</v>
       </c>
       <c r="G8" s="4">
         <v>578</v>
       </c>
       <c r="H8" s="4">
         <v>594</v>
       </c>
       <c r="I8" s="4">
@@ -1229,178 +1229,184 @@
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X11" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y11" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>574</v>
+      </c>
+      <c r="D12" s="4">
         <v>570</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>608</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>641</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>615</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>612</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>619</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>616</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>623</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>616</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>649</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>613</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>602</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>604</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>578</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>574</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>562</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>581</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>570</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>579</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>552</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>584</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>517</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
@@ -1430,287 +1436,299 @@
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
       <c r="V13" s="4">
         <v>120</v>
       </c>
       <c r="W13" s="4">
         <v>120</v>
       </c>
       <c r="X13" s="4">
         <v>120</v>
       </c>
+      <c r="Y13" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>6</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>598</v>
+      </c>
+      <c r="D16" s="4">
         <v>597</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>638</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>599</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
+      <c r="F17" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G19" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="AE19" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF19" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>613</v>
+      </c>
+      <c r="D20" s="4">
         <v>616</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>644</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>639</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>643</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>636</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>655</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>612</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>620</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>649</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>627</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>612</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>681</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>641</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>663</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>648</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>573</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>606</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>562</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>589</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>603</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>594</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>590</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>591</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>645</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>590</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>553</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>605</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>566</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -1766,239 +1784,239 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G23" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>646</v>
+      </c>
+      <c r="D24" s="4">
         <v>649</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>655</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>657</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>679</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>602</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>601</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>594</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>615</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>645</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>599</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>622</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>639</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>628</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>630</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>620</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>604</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>585</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>558</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>626</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>612</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>644</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>615</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>621</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>645</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>618</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>597</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>569</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>622</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2054,220 +2072,226 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M27" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="N27" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="W27" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="X27" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>568</v>
+      </c>
+      <c r="D28" s="4">
         <v>648</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>583</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>573</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>638</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>615</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>560</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>610</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>625</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>639</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>631</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>556</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>601</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>579</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>535</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>580</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>551</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>571</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>604</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>563</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>523</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>612</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>553</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>560</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>572</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>584</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>0</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>575</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
@@ -2310,50 +2334,53 @@
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
       <c r="Y29" s="4">
         <v>120</v>
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
+        <v>120</v>
+      </c>
+      <c r="AD29" s="4">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>