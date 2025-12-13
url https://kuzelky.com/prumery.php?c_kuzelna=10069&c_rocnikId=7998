--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,101 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Výsledky hráčů družstva TJ Spartak Pelhřimov B na kuželně KK PSJ Jihlava</t>
   </si>
   <si>
     <t>Bohumil Nentvich</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>17.9.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>15.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Josef Fučík</t>
   </si>
   <si>
     <t>Jaroslav Benda</t>
   </si>
   <si>
     <t>Milan Kalivoda</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>Lukáš Melichar</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>30.10.2024</t>
   </si>
   <si>
     <t>25.9.2024</t>
   </si>
   <si>
     <t>22.2.2024</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>Miroslava Matejková</t>
   </si>
   <si>
     <t>Kateřina Carvová</t>
   </si>
   <si>
     <t>13.4.2019</t>
   </si>
   <si>
     <t>6.2.2016</t>
   </si>
@@ -544,51 +547,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E45" sqref="E45"/>
+      <selection activeCell="F45" sqref="F45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -865,325 +868,352 @@
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>20</v>
       </c>
+      <c r="G19" s="6" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="4">
-        <v>446</v>
+        <v>474</v>
       </c>
       <c r="D20" s="4">
         <v>446</v>
       </c>
       <c r="E20" s="4">
+        <v>446</v>
+      </c>
+      <c r="F20" s="4">
         <v>457</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>448</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
+      <c r="G21" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="4">
         <v>435</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="4">
         <v>359</v>
       </c>
       <c r="D28" s="4">
         <v>383</v>
       </c>
       <c r="E28" s="7">
         <v>469</v>
       </c>
       <c r="F28" s="7">
         <v>520</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="7">
         <v>475</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D35" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="4">
+        <v>464</v>
+      </c>
+      <c r="D36" s="4">
         <v>465</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>478</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>515</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>443</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
-      <c r="E37" s="7">
+      <c r="E37" s="6">
+        <v>100</v>
+      </c>
+      <c r="F37" s="7">
         <v>120</v>
       </c>
-      <c r="F37" s="6">
+      <c r="G37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="4">
         <v>382</v>
       </c>
       <c r="D40" s="4">
         <v>358</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>19</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="4">
+        <v>461</v>
+      </c>
+      <c r="D44" s="4">
         <v>411</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>420</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>388</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
+        <v>100</v>
+      </c>
+      <c r="F45" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>