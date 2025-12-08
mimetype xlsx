--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Výsledky hráčů družstva TJ Spartak Pelhřimov C na kuželně KK PSJ Jihlava</t>
   </si>
   <si>
     <t>Jaroslav Vácha</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>17.9.2025</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zdeňka Vytisková</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
@@ -75,50 +75,53 @@
     <t>Milan Kalivoda</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>15.9.2018</t>
   </si>
   <si>
     <t>Jiří Poduška</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>Stanislav Kropáček</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>Lukáš Pitrák</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>Tomáš Turek</t>
   </si>
   <si>
     <t>Lucie Melicharová</t>
   </si>
   <si>
     <t>25.9.2024</t>
   </si>
   <si>
     <t>22.2.2024</t>
   </si>
   <si>
     <t>Vojtěch Štursa</t>
   </si>
   <si>
     <t>Matouš Šimsa</t>
   </si>
@@ -776,270 +779,288 @@
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
         <v>432</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="6">
+        <v>445</v>
+      </c>
+      <c r="D24" s="6">
         <v>316</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="5">
         <v>100</v>
       </c>
+      <c r="D25" s="5">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="6">
         <v>434</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="6">
         <v>420</v>
       </c>
       <c r="D32" s="6">
         <v>395</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="5">
         <v>100</v>
       </c>
       <c r="D33" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>26</v>
       </c>
+      <c r="F35" s="5" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="6">
+        <v>461</v>
+      </c>
+      <c r="D36" s="6">
         <v>411</v>
       </c>
-      <c r="D36" s="6">
+      <c r="E36" s="6">
         <v>420</v>
       </c>
-      <c r="E36" s="6">
+      <c r="F36" s="6">
         <v>388</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="5">
         <v>100</v>
       </c>
       <c r="D37" s="5">
         <v>100</v>
       </c>
       <c r="E37" s="5">
         <v>100</v>
       </c>
+      <c r="F37" s="5">
+        <v>100</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="6">
         <v>398</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="7">
         <v>503</v>
       </c>
       <c r="D44" s="6">
         <v>425</v>
       </c>
       <c r="E44" s="6">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="7">
         <v>120</v>
       </c>
       <c r="D45" s="5">
         <v>100</v>
       </c>
       <c r="E45" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="6">
         <v>362</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="5">
         <v>100</v>
       </c>
     </row>
   </sheetData>