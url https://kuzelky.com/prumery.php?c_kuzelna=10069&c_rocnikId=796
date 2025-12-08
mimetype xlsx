--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Výsledky hráčů družstva KK PSJ Jihlava na kuželně KK PSJ Jihlava</t>
   </si>
   <si>
     <t>Jiří Ouhel</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.9.2019</t>
   </si>
   <si>
     <t>9.2.2019</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>1.4.2017</t>
   </si>
   <si>
     <t>11.3.2017</t>
   </si>
   <si>
@@ -320,62 +320,62 @@
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>1.10.2023</t>
   </si>
   <si>
     <t>17.9.2023</t>
   </si>
   <si>
     <t>Tomáš Valík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>9.9.2023</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
-    <t>16.1.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Jakub Zdražil</t>
   </si>
   <si>
     <t>27.4.2013</t>
   </si>
   <si>
     <t>6.4.2013</t>
   </si>
   <si>
     <t>2.3.2013</t>
   </si>
   <si>
     <t>19.1.2013</t>
   </si>
   <si>
     <t>1.12.2012</t>
   </si>
   <si>
     <t>10.11.2012</t>
   </si>
   <si>
     <t>15.9.2012</t>
   </si>
   <si>
     <t>22.1.2011</t>
@@ -414,53 +414,50 @@
     <t>1.10.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>30.11.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.11.2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2213,230 +2210,230 @@
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="D23" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="Z23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="4">
+        <v>613</v>
+      </c>
+      <c r="D24" s="4">
         <v>616</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>644</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>639</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>643</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>636</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>655</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>612</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>620</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>649</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>627</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>612</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>681</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>641</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>663</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>648</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>573</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>606</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>562</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>589</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>603</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>594</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>590</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>591</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>645</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>590</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>553</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>605</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>566</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2615,233 +2612,233 @@
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
       <c r="K29" s="4">
         <v>120</v>
       </c>
       <c r="L29" s="4">
         <v>120</v>
       </c>
       <c r="M29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="Z31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA31" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AB31" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="4">
+        <v>542</v>
+      </c>
+      <c r="D32" s="4">
         <v>579</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>577</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>591</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>567</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>628</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>611</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>595</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>556</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>584</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>567</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>584</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>560</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>567</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>579</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>532</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>522</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>582</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>551</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>610</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>601</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>559</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>610</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>584</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>621</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>573</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>546</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>561</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>580</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -2903,233 +2900,233 @@
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="4">
+        <v>568</v>
+      </c>
+      <c r="D36" s="4">
         <v>582</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>654</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>581</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>642</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>578</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>581</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>558</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>615</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>564</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>604</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>560</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>532</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>553</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>588</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>548</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>516</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>537</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>534</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>597</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>546</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>591</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>518</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>527</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>523</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>490</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>557</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>533</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>529</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">