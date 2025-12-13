--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -146,50 +146,53 @@
   <si>
     <t>8.1.2022</t>
   </si>
   <si>
     <t>21.10.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>3.10.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>Matyáš Stránský</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
@@ -225,53 +228,50 @@
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.3.2022</t>
   </si>
   <si>
     <t>Radana Krausová</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>8.2.2025</t>
   </si>
@@ -1304,197 +1304,197 @@
       <c r="G15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O15" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AD15" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="AE15" s="6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="7">
+        <v>611</v>
+      </c>
+      <c r="D16" s="7">
         <v>526</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>567</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>580</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>553</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>571</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>558</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>602</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>541</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>567</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>557</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>555</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>557</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>550</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>514</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="R16" s="7">
         <v>553</v>
       </c>
-      <c r="R16" s="7">
+      <c r="S16" s="7">
         <v>550</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>522</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>537</v>
       </c>
-      <c r="U16" s="7">
+      <c r="V16" s="7">
         <v>548</v>
       </c>
-      <c r="V16" s="7">
+      <c r="W16" s="7">
         <v>554</v>
       </c>
-      <c r="W16" s="7">
+      <c r="X16" s="7">
         <v>560</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>574</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Z16" s="7">
         <v>542</v>
       </c>
-      <c r="Z16" s="7">
+      <c r="AA16" s="7">
         <v>564</v>
       </c>
-      <c r="AA16" s="7">
+      <c r="AB16" s="7">
         <v>562</v>
       </c>
-      <c r="AB16" s="7">
+      <c r="AC16" s="7">
         <v>586</v>
       </c>
-      <c r="AC16" s="7">
+      <c r="AD16" s="7">
         <v>535</v>
       </c>
-      <c r="AD16" s="7">
+      <c r="AE16" s="7">
         <v>588</v>
       </c>
-      <c r="AE16" s="7">
+      <c r="AF16" s="7">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
       <c r="G17" s="7">
         <v>120</v>
       </c>
       <c r="H17" s="7">
         <v>120</v>
       </c>
       <c r="I17" s="7">
@@ -1613,51 +1613,51 @@
       <c r="N19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>35</v>
       </c>