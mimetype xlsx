--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -362,60 +362,60 @@
   <si>
     <t>29.10.2011</t>
   </si>
   <si>
     <t>15.10.2011</t>
   </si>
   <si>
     <t>1.10.2011</t>
   </si>
   <si>
     <t>17.9.2011</t>
   </si>
   <si>
     <t>16.4.2011</t>
   </si>
   <si>
     <t>26.3.2011</t>
   </si>
   <si>
     <t>12.2.2011</t>
   </si>
   <si>
     <t>Tomáš Valík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>9.9.2023</t>
   </si>
   <si>
     <t>19.2.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.1.2022</t>
   </si>
   <si>
     <t>Jakub Zdražil</t>
   </si>
   <si>
     <t>27.4.2013</t>
   </si>
   <si>
     <t>6.4.2013</t>
   </si>
   <si>
     <t>2.3.2013</t>
   </si>
   <si>
     <t>19.1.2013</t>
   </si>
   <si>
     <t>10.11.2012</t>
   </si>
   <si>
     <t>15.9.2012</t>
   </si>
   <si>
     <t>22.1.2011</t>
   </si>
@@ -2192,230 +2192,230 @@
       </c>
       <c r="O21" s="4">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>120</v>
       </c>
       <c r="Q21" s="4">
         <v>120</v>
       </c>
       <c r="R21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>116</v>
       </c>
       <c r="D23" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="Z23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA23" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>613</v>
+      </c>
+      <c r="D24" s="4">
         <v>616</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>644</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>639</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>643</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>636</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>655</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>612</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>620</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>649</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>627</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>612</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>681</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>641</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>663</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>648</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>573</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>606</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>562</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>589</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>603</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>594</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>590</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>591</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>645</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>590</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>553</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>605</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>566</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">