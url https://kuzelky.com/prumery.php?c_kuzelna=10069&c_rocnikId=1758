--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Výsledky hráčů družstva KK PSJ Jihlava na kuželně KK PSJ Jihlava</t>
   </si>
   <si>
     <t>Jiří Ouhel</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.9.2019</t>
   </si>
   <si>
     <t>9.2.2019</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>1.4.2017</t>
   </si>
   <si>
     <t>11.3.2017</t>
   </si>
   <si>
@@ -467,84 +467,87 @@
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>13.3.2022</t>
   </si>
   <si>
     <t>2.3.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>Tomáš Valík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>9.9.2023</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
+    <t>Ondřej Matula</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
+    <t>1.11.2025</t>
+  </si>
+  <si>
+    <t>11.3.2023</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>20.2.2022</t>
+  </si>
+  <si>
     <t>16.1.2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>20.2.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>Jakub Čopák</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>14.1.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
 </sst>
 </file>
 
@@ -3029,230 +3032,230 @@
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>151</v>
       </c>
       <c r="D35" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="Z35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="4">
+        <v>613</v>
+      </c>
+      <c r="D36" s="4">
         <v>616</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>644</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>639</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>643</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>636</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>655</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>612</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>620</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>649</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>627</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>612</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>681</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>641</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>663</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>648</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>573</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>606</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>562</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>589</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>603</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>594</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>590</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>591</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>645</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>590</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>553</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>605</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>566</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3356,96 +3359,96 @@
       <c r="I39" s="6" t="s">
         <v>126</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>129</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>88</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>90</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>91</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>132</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>97</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>158</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>159</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>160</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>161</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>162</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>149</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="4">
         <v>585</v>
       </c>
       <c r="D40" s="4">
         <v>625</v>
       </c>
       <c r="E40" s="4">
         <v>601</v>
       </c>
       <c r="F40" s="4">
         <v>592</v>
       </c>
       <c r="G40" s="4">
         <v>622</v>
       </c>
       <c r="H40" s="4">
         <v>589</v>
       </c>
       <c r="I40" s="4">
@@ -3596,239 +3599,239 @@
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="E43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="G43" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="G43" s="6" t="s">
+      <c r="H43" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="H43" s="6" t="s">
+      <c r="I43" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="J43" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="K43" s="6" t="s">
+      <c r="L43" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="L43" s="6" t="s">
+      <c r="M43" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="M43" s="6" t="s">
+      <c r="N43" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="Q43" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="Q43" s="6" t="s">
+      <c r="R43" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="S43" s="6" t="s">
+      <c r="T43" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="V43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>169</v>
       </c>
       <c r="AE43" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AF43" s="6" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C44" s="4">
+        <v>542</v>
+      </c>
+      <c r="D44" s="4">
         <v>579</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>577</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>591</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>567</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>628</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>611</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>595</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>556</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>584</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>567</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>584</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>560</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>567</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>579</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>532</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>522</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>582</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>551</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>610</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>601</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>559</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>610</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>584</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>621</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>573</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>546</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>561</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>580</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="4">