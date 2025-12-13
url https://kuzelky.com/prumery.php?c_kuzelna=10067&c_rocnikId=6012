--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>Výsledky hráčů družstva TJ Valašské Meziříčí B na kuželně TJ Valašské Meziříčí</t>
   </si>
   <si>
     <t>Jiří Mrlík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>2.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
@@ -555,50 +555,53 @@
     <t>8.12.2022</t>
   </si>
   <si>
     <t>Rostislav Gorecký</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>Tomáš Juřík</t>
   </si>
   <si>
     <t>Filip Lekeš</t>
   </si>
   <si>
     <t>František Fojtík</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>Martin Štěpánek</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
@@ -5906,230 +5909,230 @@
       </c>
       <c r="AC77" s="6">
         <v>100</v>
       </c>
       <c r="AD77" s="6">
         <v>100</v>
       </c>
       <c r="AE77" s="6">
         <v>100</v>
       </c>
       <c r="AF77" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>181</v>
       </c>
       <c r="D79" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E79" s="6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F79" s="6" t="s">
         <v>183</v>
       </c>
       <c r="G79" s="6" t="s">
         <v>184</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>185</v>
       </c>
       <c r="I79" s="6" t="s">
         <v>186</v>
       </c>
       <c r="J79" s="6" t="s">
         <v>187</v>
       </c>
       <c r="K79" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="L79" s="6" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="M79" s="6" t="s">
         <v>189</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>190</v>
       </c>
       <c r="O79" s="6" t="s">
         <v>191</v>
       </c>
       <c r="P79" s="6" t="s">
         <v>192</v>
       </c>
       <c r="Q79" s="6" t="s">
         <v>193</v>
       </c>
       <c r="R79" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="S79" s="6" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="T79" s="6" t="s">
         <v>195</v>
       </c>
       <c r="U79" s="6" t="s">
         <v>196</v>
       </c>
       <c r="V79" s="6" t="s">
         <v>197</v>
       </c>
       <c r="W79" s="6" t="s">
         <v>198</v>
       </c>
       <c r="X79" s="6" t="s">
         <v>199</v>
       </c>
       <c r="Y79" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="Z79" s="6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="AA79" s="6" t="s">
         <v>201</v>
       </c>
       <c r="AB79" s="6" t="s">
         <v>202</v>
       </c>
       <c r="AC79" s="6" t="s">
         <v>203</v>
       </c>
       <c r="AD79" s="6" t="s">
         <v>204</v>
       </c>
       <c r="AE79" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="AF79" s="6" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:32">
       <c r="B80" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C80" s="4">
+        <v>589</v>
+      </c>
+      <c r="D80" s="4">
         <v>556</v>
       </c>
-      <c r="D80" s="4">
+      <c r="E80" s="4">
         <v>553</v>
       </c>
-      <c r="E80" s="4">
+      <c r="F80" s="4">
         <v>537</v>
       </c>
-      <c r="F80" s="4">
+      <c r="G80" s="4">
         <v>522</v>
       </c>
-      <c r="G80" s="4">
+      <c r="H80" s="4">
         <v>543</v>
       </c>
-      <c r="H80" s="4">
+      <c r="I80" s="4">
         <v>559</v>
       </c>
-      <c r="I80" s="4">
+      <c r="J80" s="4">
         <v>558</v>
       </c>
-      <c r="J80" s="4">
+      <c r="K80" s="4">
         <v>574</v>
       </c>
-      <c r="K80" s="4">
+      <c r="L80" s="4">
         <v>569</v>
       </c>
-      <c r="L80" s="4">
+      <c r="M80" s="4">
         <v>547</v>
       </c>
-      <c r="M80" s="4">
+      <c r="N80" s="4">
         <v>559</v>
       </c>
-      <c r="N80" s="4">
+      <c r="O80" s="4">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="P80" s="4">
         <v>561</v>
       </c>
       <c r="Q80" s="4">
+        <v>561</v>
+      </c>
+      <c r="R80" s="4">
         <v>536</v>
       </c>
-      <c r="R80" s="4">
+      <c r="S80" s="4">
         <v>527</v>
       </c>
-      <c r="S80" s="4">
+      <c r="T80" s="4">
         <v>549</v>
       </c>
-      <c r="T80" s="4">
+      <c r="U80" s="4">
         <v>594</v>
       </c>
-      <c r="U80" s="4">
+      <c r="V80" s="4">
         <v>519</v>
       </c>
-      <c r="V80" s="4">
+      <c r="W80" s="4">
         <v>539</v>
       </c>
-      <c r="W80" s="4">
+      <c r="X80" s="4">
         <v>557</v>
       </c>
-      <c r="X80" s="4">
+      <c r="Y80" s="4">
         <v>537</v>
       </c>
-      <c r="Y80" s="4">
+      <c r="Z80" s="4">
         <v>563</v>
       </c>
-      <c r="Z80" s="4">
+      <c r="AA80" s="4">
         <v>600</v>
       </c>
-      <c r="AA80" s="4">
+      <c r="AB80" s="4">
         <v>551</v>
       </c>
-      <c r="AB80" s="4">
+      <c r="AC80" s="4">
         <v>584</v>
       </c>
-      <c r="AC80" s="4">
+      <c r="AD80" s="4">
         <v>509</v>
       </c>
-      <c r="AD80" s="4">
+      <c r="AE80" s="4">
         <v>551</v>
       </c>
-      <c r="AE80" s="7">
+      <c r="AF80" s="7">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="B81" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C81" s="4">
         <v>120</v>
       </c>
       <c r="D81" s="4">
         <v>120</v>
       </c>
       <c r="E81" s="4">
         <v>120</v>
       </c>
       <c r="F81" s="4">
         <v>120</v>
       </c>
       <c r="G81" s="4">
         <v>120</v>
       </c>
       <c r="H81" s="4">
         <v>120</v>
       </c>
       <c r="I81" s="4">
@@ -6176,55 +6179,55 @@
       </c>
       <c r="W81" s="4">
         <v>120</v>
       </c>
       <c r="X81" s="4">
         <v>120</v>
       </c>
       <c r="Y81" s="4">
         <v>120</v>
       </c>
       <c r="Z81" s="4">
         <v>120</v>
       </c>
       <c r="AA81" s="4">
         <v>120</v>
       </c>
       <c r="AB81" s="4">
         <v>120</v>
       </c>
       <c r="AC81" s="4">
         <v>120</v>
       </c>
       <c r="AD81" s="4">
         <v>120</v>
       </c>
-      <c r="AE81" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AE81" s="4">
+        <v>120</v>
+      </c>
+      <c r="AF81" s="6">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">