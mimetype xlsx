--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -164,50 +164,53 @@
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>13.9.2019</t>
   </si>
   <si>
     <t>30.3.2019</t>
   </si>
   <si>
     <t>16.3.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>Petr Cahlík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
@@ -251,59 +254,59 @@
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>8.12.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
+    <t>Petr Tomášek</t>
+  </si>
+  <si>
+    <t>21.1.2022</t>
+  </si>
+  <si>
     <t>12.11.2021</t>
   </si>
   <si>
-    <t>Petr Tomášek</t>
-[...4 lines deleted...]
-  <si>
     <t>2.10.2020</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
   <si>
     <t>25.2.2017</t>
   </si>
   <si>
     <t>Josef Konvičný</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>Jiří Hrabovský</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
@@ -345,53 +348,50 @@
     <t>31.1.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>26.2.2023</t>
   </si>
   <si>
     <t>12.2.2023</t>
   </si>
   <si>
     <t>20.11.2022</t>
   </si>
   <si>
     <t>13.11.2022</t>
   </si>
   <si>
     <t>16.10.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.11.2021</t>
   </si>
   <si>
     <t>Jindřich Cahlík</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.10.2021</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>20.9.2021</t>
   </si>
   <si>
     <t>Radek Olejník</t>
   </si>
   <si>
     <t>Jaroslav Hrabovský</t>
   </si>
 </sst>
 </file>
 
@@ -1573,176 +1573,176 @@
       </c>
       <c r="AA27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="4">
+        <v>418</v>
+      </c>
+      <c r="D28" s="4">
         <v>448</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>490</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>570</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>580</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>548</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>585</v>
       </c>
-      <c r="I28" s="7">
+      <c r="J28" s="7">
         <v>590</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>585</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>637</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>587</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>448</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>454</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>466</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>437</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>426</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>436</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>457</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>445</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>437</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>459</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>478</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>464</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>462</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>424</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>415</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>458</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>466</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>443</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
-      <c r="E29" s="7">
-        <v>120</v>
+      <c r="E29" s="6">
+        <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
       <c r="K29" s="7">
         <v>120</v>
       </c>
       <c r="L29" s="7">
         <v>120</v>
       </c>
-      <c r="M29" s="6">
-        <v>100</v>
+      <c r="M29" s="7">
+        <v>120</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
@@ -1766,114 +1766,114 @@
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>33</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="4">
         <v>460</v>
       </c>
       <c r="D32" s="4">
         <v>433</v>
       </c>
       <c r="E32" s="4">
         <v>429</v>
       </c>
       <c r="F32" s="4">
         <v>446</v>
       </c>
       <c r="G32" s="4">
         <v>449</v>
       </c>
       <c r="H32" s="4">
         <v>468</v>
       </c>
       <c r="I32" s="4">
@@ -1976,78 +1976,78 @@
       </c>
       <c r="R33" s="7">
         <v>120</v>
       </c>
       <c r="S33" s="7">
         <v>120</v>
       </c>
       <c r="T33" s="7">
         <v>120</v>
       </c>
       <c r="U33" s="7">
         <v>120</v>
       </c>
       <c r="V33" s="7">
         <v>120</v>
       </c>
       <c r="W33" s="7">
         <v>120</v>
       </c>
       <c r="X33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>24</v>
       </c>
@@ -2147,144 +2147,144 @@
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="4">
         <v>438</v>
       </c>
       <c r="D40" s="4">
         <v>473</v>
       </c>
       <c r="E40" s="7">
         <v>577</v>
       </c>
       <c r="F40" s="7">
         <v>552</v>
       </c>
       <c r="G40" s="7">
         <v>534</v>
       </c>
       <c r="H40" s="7">
         <v>577</v>
       </c>
       <c r="I40" s="7">
@@ -2435,502 +2435,508 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>91</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>92</v>
+        <v>53</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>93</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>103</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>58</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>63</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="4">
+        <v>419</v>
+      </c>
+      <c r="D44" s="4">
         <v>448</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>490</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="7">
         <v>507</v>
       </c>
-      <c r="F44" s="7">
+      <c r="G44" s="7">
         <v>570</v>
       </c>
-      <c r="G44" s="7">
+      <c r="H44" s="7">
         <v>564</v>
       </c>
-      <c r="H44" s="7">
+      <c r="I44" s="7">
         <v>589</v>
       </c>
-      <c r="I44" s="7">
+      <c r="J44" s="7">
         <v>600</v>
       </c>
-      <c r="J44" s="7">
+      <c r="K44" s="7">
         <v>572</v>
       </c>
-      <c r="K44" s="7">
+      <c r="L44" s="7">
         <v>554</v>
       </c>
-      <c r="L44" s="7">
+      <c r="M44" s="7">
         <v>545</v>
       </c>
-      <c r="M44" s="7">
+      <c r="N44" s="7">
         <v>513</v>
       </c>
-      <c r="N44" s="7">
+      <c r="O44" s="7">
         <v>517</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P44" s="7">
         <v>532</v>
       </c>
-      <c r="P44" s="7">
+      <c r="Q44" s="7">
         <v>553</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>478</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>454</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>439</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>466</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>425</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>485</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>419</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>435</v>
       </c>
-      <c r="Y44" s="7">
+      <c r="Z44" s="7">
         <v>517</v>
       </c>
-      <c r="Z44" s="7">
+      <c r="AA44" s="7">
         <v>541</v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AB44" s="7">
         <v>517</v>
       </c>
-      <c r="AB44" s="7">
+      <c r="AC44" s="7">
         <v>530</v>
       </c>
-      <c r="AC44" s="7">
+      <c r="AD44" s="7">
         <v>508</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>395</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
-      <c r="E45" s="7">
-        <v>120</v>
+      <c r="E45" s="6">
+        <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>120</v>
       </c>
       <c r="G45" s="7">
         <v>120</v>
       </c>
       <c r="H45" s="7">
         <v>120</v>
       </c>
       <c r="I45" s="7">
         <v>120</v>
       </c>
       <c r="J45" s="7">
         <v>120</v>
       </c>
       <c r="K45" s="7">
         <v>120</v>
       </c>
       <c r="L45" s="7">
         <v>120</v>
       </c>
       <c r="M45" s="7">
         <v>120</v>
       </c>
       <c r="N45" s="7">
         <v>120</v>
       </c>
       <c r="O45" s="7">
         <v>120</v>
       </c>
       <c r="P45" s="7">
         <v>120</v>
       </c>
-      <c r="Q45" s="6">
-        <v>100</v>
+      <c r="Q45" s="7">
+        <v>120</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
       <c r="T45" s="6">
         <v>100</v>
       </c>
       <c r="U45" s="6">
         <v>100</v>
       </c>
       <c r="V45" s="6">
         <v>100</v>
       </c>
       <c r="W45" s="6">
         <v>100</v>
       </c>
       <c r="X45" s="6">
         <v>100</v>
       </c>
-      <c r="Y45" s="7">
-        <v>120</v>
+      <c r="Y45" s="6">
+        <v>100</v>
       </c>
       <c r="Z45" s="7">
         <v>120</v>
       </c>
       <c r="AA45" s="7">
         <v>120</v>
       </c>
       <c r="AB45" s="7">
         <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>120</v>
       </c>
-      <c r="AD45" s="6">
-        <v>100</v>
+      <c r="AD45" s="7">
+        <v>120</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="D47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="6" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="I47" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="J47" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="L47" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="L47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M47" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="N47" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="Q47" s="6" t="s">
+      <c r="R47" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="R47" s="6" t="s">
+      <c r="S47" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="S47" s="6" t="s">
+      <c r="T47" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="T47" s="6" t="s">
+      <c r="U47" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C48" s="7">
+      <c r="C48" s="4">
+        <v>460</v>
+      </c>
+      <c r="D48" s="7">
         <v>529</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>434</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>446</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>460</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>475</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>440</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>455</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>433</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>388</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>442</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>428</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>440</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>413</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>452</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>436</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>454</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>452</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="V48" s="4">
         <v>462</v>
       </c>
       <c r="W48" s="4">
+        <v>462</v>
+      </c>
+      <c r="X48" s="4">
         <v>440</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>468</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>417</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>424</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C49" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="C49" s="6">
+        <v>100</v>
+      </c>
+      <c r="D49" s="7">
+        <v>120</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
@@ -2952,294 +2958,297 @@
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
       <c r="U49" s="6">
         <v>100</v>
       </c>
       <c r="V49" s="6">
         <v>100</v>
       </c>
       <c r="W49" s="6">
         <v>100</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
       <c r="Y49" s="6">
         <v>100</v>
       </c>
       <c r="Z49" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>90</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>93</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>103</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>55</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>56</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>57</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V51" s="6" t="s">
-        <v>95</v>
+        <v>66</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="AA51" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AB51" s="6" t="s">
-        <v>98</v>
+        <v>73</v>
       </c>
       <c r="AC51" s="6" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="AD51" s="6" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AF51" s="6" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="4">
+        <v>471</v>
+      </c>
+      <c r="D52" s="4">
         <v>461</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>454</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>396</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="7">
         <v>555</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H52" s="7">
         <v>532</v>
       </c>
-      <c r="H52" s="7">
+      <c r="I52" s="7">
         <v>557</v>
       </c>
-      <c r="I52" s="7">
+      <c r="J52" s="7">
         <v>534</v>
       </c>
-      <c r="J52" s="7">
+      <c r="K52" s="7">
         <v>555</v>
       </c>
-      <c r="K52" s="7">
+      <c r="L52" s="7">
         <v>541</v>
       </c>
-      <c r="L52" s="7">
+      <c r="M52" s="7">
         <v>547</v>
       </c>
-      <c r="M52" s="7">
+      <c r="N52" s="7">
         <v>560</v>
       </c>
-      <c r="N52" s="7">
+      <c r="O52" s="7">
         <v>567</v>
       </c>
-      <c r="O52" s="7">
+      <c r="P52" s="7">
         <v>553</v>
       </c>
-      <c r="P52" s="7">
+      <c r="Q52" s="7">
         <v>555</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>474</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>487</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>476</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>436</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>433</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>443</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>407</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>483</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>468</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>421</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>476</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>444</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>446</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>485</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
-      <c r="F53" s="7">
-        <v>120</v>
+      <c r="F53" s="6">
+        <v>100</v>
       </c>
       <c r="G53" s="7">
         <v>120</v>
       </c>
       <c r="H53" s="7">
         <v>120</v>
       </c>
       <c r="I53" s="7">
         <v>120</v>
       </c>
       <c r="J53" s="7">
         <v>120</v>
       </c>
       <c r="K53" s="7">
         <v>120</v>
       </c>
       <c r="L53" s="7">
         <v>120</v>
       </c>
       <c r="M53" s="7">
         <v>120</v>
       </c>
       <c r="N53" s="7">
         <v>120</v>
       </c>
       <c r="O53" s="7">
         <v>120</v>
       </c>
       <c r="P53" s="7">
         <v>120</v>
       </c>
-      <c r="Q53" s="6">
-        <v>100</v>
+      <c r="Q53" s="7">
+        <v>120</v>
       </c>
       <c r="R53" s="6">
         <v>100</v>
       </c>
       <c r="S53" s="6">
         <v>100</v>
       </c>
       <c r="T53" s="6">
         <v>100</v>
       </c>
       <c r="U53" s="6">
         <v>100</v>
       </c>
       <c r="V53" s="6">
         <v>100</v>
       </c>
       <c r="W53" s="6">
         <v>100</v>
       </c>
       <c r="X53" s="6">
         <v>100</v>
       </c>
       <c r="Y53" s="6">
         <v>100</v>
       </c>
@@ -3251,54 +3260,54 @@
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="4">
         <v>454</v>
       </c>
       <c r="D56" s="4">
         <v>445</v>
       </c>
       <c r="E56" s="4">
         <v>438</v>
       </c>
       <c r="F56" s="4">
         <v>457</v>
       </c>
     </row>