--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Výsledky hráčů družstva KK Kroměříž B na kuželně TJ Valašské Meziříčí</t>
   </si>
   <si>
     <t>Pavel Polišenský</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Kamila Katzerová</t>
   </si>
   <si>
     <t>13.1.2018</t>
   </si>
   <si>
     <t>25.2.2017</t>
   </si>
   <si>
@@ -87,50 +87,53 @@
     <t>18.3.2022</t>
   </si>
   <si>
     <t>Martin Růžička</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>27.9.2019</t>
   </si>
   <si>
     <t>Milan Skopal</t>
   </si>
   <si>
     <t>Zdeněk Drlík</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>Petr Buksa</t>
   </si>
   <si>
     <t>Stanislav Poledňák</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>Kateřina Ondrouchová</t>
   </si>
   <si>
     <t>Petr Dlouhý</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -880,121 +883,130 @@
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>26</v>
       </c>
+      <c r="E31" s="6" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="7">
+        <v>415</v>
+      </c>
+      <c r="D32" s="7">
         <v>396</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>423</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
+      <c r="E33" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="7">
         <v>415</v>
       </c>
       <c r="D36" s="7">
         <v>426</v>
       </c>
       <c r="E36" s="7">
         <v>409</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>