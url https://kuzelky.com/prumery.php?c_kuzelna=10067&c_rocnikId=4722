--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Výsledky hráčů družstva TJ Valašské Meziříčí B na kuželně TJ Valašské Meziříčí</t>
   </si>
   <si>
     <t>Miloš Jandík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Petr Jandík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>8.12.2022</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>8.10.2021</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>29.2.2020</t>
@@ -176,255 +179,255 @@
   <si>
     <t>11.1.2020</t>
   </si>
   <si>
     <t>7.12.2019</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>21.9.2019</t>
   </si>
   <si>
     <t>7.9.2019</t>
   </si>
   <si>
+    <t>Jana Volková</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>3.2.2018</t>
+  </si>
+  <si>
+    <t>11.11.2017</t>
+  </si>
+  <si>
+    <t>30.9.2017</t>
+  </si>
+  <si>
+    <t>2.11.2013</t>
+  </si>
+  <si>
+    <t>22.10.2011</t>
+  </si>
+  <si>
+    <t>8.10.2011</t>
+  </si>
+  <si>
+    <t>24.9.2011</t>
+  </si>
+  <si>
+    <t>Petr Babák</t>
+  </si>
+  <si>
+    <t>17.1.2020</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>19.1.2019</t>
+  </si>
+  <si>
+    <t>17.11.2018</t>
+  </si>
+  <si>
+    <t>Dalibor Tuček</t>
+  </si>
+  <si>
+    <t>12.4.2025</t>
+  </si>
+  <si>
+    <t>29.3.2025</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>23.3.2024</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>24.2.2024</t>
+  </si>
+  <si>
+    <t>3.2.2024</t>
+  </si>
+  <si>
+    <t>20.1.2024</t>
+  </si>
+  <si>
+    <t>25.11.2023</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>1.4.2023</t>
+  </si>
+  <si>
+    <t>18.3.2023</t>
+  </si>
+  <si>
+    <t>4.3.2023</t>
+  </si>
+  <si>
+    <t>18.2.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>10.12.2022</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>13.4.2019</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>24.11.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>Miroslav Volek</t>
+  </si>
+  <si>
+    <t>8.11.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>11.4.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>7.2.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>12.1.2024</t>
+  </si>
+  <si>
+    <t>1.12.2023</t>
+  </si>
+  <si>
+    <t>3.10.2023</t>
+  </si>
+  <si>
+    <t>Lucie Šťastná</t>
+  </si>
+  <si>
+    <t>6.3.2024</t>
+  </si>
+  <si>
+    <t>1.3.2024</t>
+  </si>
+  <si>
+    <t>17.2.2024</t>
+  </si>
+  <si>
+    <t>13.1.2024</t>
+  </si>
+  <si>
+    <t>9.12.2023</t>
+  </si>
+  <si>
+    <t>28.10.2023</t>
+  </si>
+  <si>
+    <t>21.10.2023</t>
+  </si>
+  <si>
+    <t>7.10.2023</t>
+  </si>
+  <si>
+    <t>13.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>13.10.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
     <t>30.3.2019</t>
-  </si>
-[...202 lines deleted...]
-    <t>12.9.2020</t>
   </si>
   <si>
     <t>16.3.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>12.1.2019</t>
   </si>
   <si>
     <t>3.11.2018</t>
   </si>
   <si>
     <t>21.10.2018</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>7.4.2018</t>
   </si>
@@ -1271,233 +1274,233 @@
       </c>
       <c r="AB5" s="5">
         <v>120</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="F7" s="7" t="s">
+      <c r="G7" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="G7" s="7" t="s">
+      <c r="H7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="I7" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="J7" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="K7" s="7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="N7" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="O7" s="7" t="s">
+      <c r="P7" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="P7" s="7" t="s">
+      <c r="Q7" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="U7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="V7" s="7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>383</v>
+      </c>
+      <c r="D8" s="4">
         <v>415</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>442</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>452</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>464</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>442</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>432</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>393</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>448</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>464</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>420</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>377</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>410</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>409</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>440</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>402</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>443</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>406</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>421</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>410</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>409</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>420</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>411</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>443</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>437</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>425</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>417</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>430</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>470</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
@@ -1559,51 +1562,51 @@
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>63</v>
       </c>
@@ -1664,69 +1667,69 @@
       </c>
       <c r="I13" s="5">
         <v>120</v>
       </c>
       <c r="J13" s="5">
         <v>120</v>
       </c>
       <c r="K13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>66</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>67</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>68</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
         <v>588</v>
       </c>
       <c r="D16" s="4">
         <v>432</v>
       </c>
       <c r="E16" s="4">
@@ -1850,66 +1853,66 @@
       <c r="N19" s="7" t="s">
         <v>82</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>83</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>84</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>85</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>86</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>87</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>88</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>31</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>65</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>89</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>91</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>92</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
         <v>566</v>
       </c>
       <c r="D20" s="5">
@@ -2144,75 +2147,75 @@
       <c r="P23" s="7" t="s">
         <v>104</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>105</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>106</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>107</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>108</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>19</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>20</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>21</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>494</v>
       </c>
       <c r="D24" s="5">
         <v>577</v>
       </c>
       <c r="E24" s="4">
         <v>415</v>
       </c>
       <c r="F24" s="5">
         <v>549</v>
       </c>
       <c r="G24" s="5">
         <v>588</v>
       </c>
       <c r="H24" s="5">
         <v>557</v>
       </c>
       <c r="I24" s="5">
@@ -2408,99 +2411,99 @@
       <c r="H27" s="7" t="s">
         <v>115</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>116</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>117</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>118</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>119</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>120</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>121</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>122</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>90</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>91</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>539</v>
       </c>
       <c r="D28" s="5">
         <v>555</v>
       </c>
       <c r="E28" s="5">
         <v>531</v>
       </c>
       <c r="F28" s="5">
         <v>562</v>
       </c>
       <c r="G28" s="5">
         <v>559</v>
       </c>
       <c r="H28" s="5">
         <v>534</v>
       </c>
       <c r="I28" s="5">
@@ -2651,120 +2654,120 @@
       </c>
       <c r="Z29" s="5">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>460</v>
       </c>
       <c r="D32" s="4">
         <v>433</v>
       </c>
       <c r="E32" s="4">
         <v>429</v>
       </c>
       <c r="F32" s="4">
         <v>446</v>
       </c>
       <c r="G32" s="4">
         <v>449</v>
       </c>
       <c r="H32" s="4">
         <v>468</v>
       </c>
       <c r="I32" s="4">
@@ -2867,239 +2870,239 @@
       </c>
       <c r="R33" s="5">
         <v>120</v>
       </c>
       <c r="S33" s="5">
         <v>120</v>
       </c>
       <c r="T33" s="5">
         <v>120</v>
       </c>
       <c r="U33" s="5">
         <v>120</v>
       </c>
       <c r="V33" s="5">
         <v>120</v>
       </c>
       <c r="W33" s="5">
         <v>120</v>
       </c>
       <c r="X33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>145</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>146</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>147</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>148</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>149</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>150</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>151</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>152</v>
       </c>
       <c r="L35" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="M35" s="7" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>154</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>155</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>156</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>157</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>158</v>
       </c>
       <c r="S35" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="T35" s="7" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>160</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>161</v>
       </c>
       <c r="W35" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="X35" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="Z35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="AB35" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
+        <v>528</v>
+      </c>
+      <c r="D36" s="5">
         <v>517</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="5">
         <v>523</v>
       </c>
-      <c r="E36" s="5">
+      <c r="F36" s="5">
         <v>558</v>
       </c>
-      <c r="F36" s="5">
+      <c r="G36" s="5">
         <v>571</v>
       </c>
-      <c r="G36" s="5">
+      <c r="H36" s="5">
         <v>520</v>
       </c>
-      <c r="H36" s="5">
+      <c r="I36" s="5">
         <v>558</v>
       </c>
-      <c r="I36" s="5">
+      <c r="J36" s="5">
         <v>564</v>
       </c>
-      <c r="J36" s="5">
+      <c r="K36" s="5">
         <v>514</v>
       </c>
-      <c r="K36" s="5">
+      <c r="L36" s="5">
         <v>543</v>
       </c>
-      <c r="L36" s="5">
+      <c r="M36" s="5">
         <v>559</v>
       </c>
-      <c r="M36" s="5">
+      <c r="N36" s="5">
         <v>502</v>
       </c>
-      <c r="N36" s="5">
+      <c r="O36" s="5">
         <v>539</v>
       </c>
-      <c r="O36" s="5">
+      <c r="P36" s="5">
         <v>599</v>
       </c>
-      <c r="P36" s="5">
+      <c r="Q36" s="5">
         <v>534</v>
       </c>
-      <c r="Q36" s="5">
+      <c r="R36" s="5">
         <v>570</v>
       </c>
-      <c r="R36" s="5">
+      <c r="S36" s="5">
         <v>533</v>
       </c>
-      <c r="S36" s="5">
+      <c r="T36" s="5">
         <v>562</v>
       </c>
-      <c r="T36" s="5">
+      <c r="U36" s="5">
         <v>545</v>
       </c>
-      <c r="U36" s="5">
+      <c r="V36" s="5">
         <v>568</v>
       </c>
-      <c r="V36" s="5">
+      <c r="W36" s="5">
         <v>497</v>
       </c>
-      <c r="W36" s="5">
+      <c r="X36" s="5">
         <v>512</v>
       </c>
-      <c r="X36" s="5">
+      <c r="Y36" s="5">
         <v>529</v>
       </c>
-      <c r="Y36" s="5">
+      <c r="Z36" s="5">
         <v>536</v>
       </c>
-      <c r="Z36" s="5">
+      <c r="AA36" s="5">
         <v>555</v>
       </c>
-      <c r="AA36" s="5">
+      <c r="AB36" s="5">
         <v>506</v>
       </c>
-      <c r="AB36" s="5">
+      <c r="AC36" s="5">
         <v>525</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>463</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>450</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="5">
         <v>120</v>
       </c>
       <c r="D37" s="5">
         <v>120</v>
       </c>
       <c r="E37" s="5">
         <v>120</v>
       </c>
       <c r="F37" s="5">
         <v>120</v>
       </c>
       <c r="G37" s="5">
         <v>120</v>
       </c>
       <c r="H37" s="5">
         <v>120</v>
       </c>
       <c r="I37" s="5">
@@ -3140,132 +3143,132 @@
       </c>
       <c r="U37" s="5">
         <v>120</v>
       </c>
       <c r="V37" s="5">
         <v>120</v>
       </c>
       <c r="W37" s="5">
         <v>120</v>
       </c>
       <c r="X37" s="5">
         <v>120</v>
       </c>
       <c r="Y37" s="5">
         <v>120</v>
       </c>
       <c r="Z37" s="5">
         <v>120</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
       <c r="AB37" s="5">
         <v>120</v>
       </c>
-      <c r="AC37" s="7">
-        <v>100</v>
+      <c r="AC37" s="5">
+        <v>120</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>32</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>65</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>90</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>91</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>471</v>
       </c>
       <c r="D40" s="4">
         <v>438</v>
       </c>
       <c r="E40" s="4">
         <v>441</v>
       </c>
       <c r="F40" s="4">
         <v>445</v>
       </c>
       <c r="G40" s="4">
         <v>417</v>
       </c>
       <c r="H40" s="4">
         <v>430</v>
       </c>
       <c r="I40" s="4">
@@ -3362,51 +3365,51 @@
       </c>
       <c r="Q41" s="7">
         <v>100</v>
       </c>
       <c r="R41" s="7">
         <v>100</v>
       </c>
       <c r="S41" s="7">
         <v>100</v>
       </c>
       <c r="T41" s="7">
         <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>100</v>
       </c>
       <c r="V41" s="5">
         <v>120</v>
       </c>
       <c r="W41" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>96</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>97</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>98</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>99</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>100</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>101</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>102</v>
       </c>
@@ -3425,81 +3428,81 @@
       <c r="N43" s="7" t="s">
         <v>105</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>11</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>13</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>14</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>106</v>
       </c>
       <c r="S43" s="7" t="s">
         <v>107</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>108</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>21</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC43" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>415</v>
       </c>
       <c r="D44" s="5">
         <v>528</v>
       </c>
       <c r="E44" s="5">
         <v>470</v>
       </c>
       <c r="F44" s="5">
         <v>558</v>
       </c>
       <c r="G44" s="5">
         <v>571</v>
       </c>
       <c r="H44" s="5">
         <v>581</v>
       </c>
       <c r="I44" s="5">