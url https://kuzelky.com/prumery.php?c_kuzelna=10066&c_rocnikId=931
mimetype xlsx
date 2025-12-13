--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Výsledky hráčů družstva KK Moravská Slávia Brno ˝A˝ na kuželně KK MS Brno</t>
   </si>
   <si>
     <t>Pavel Palian</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>16.10.2018</t>
   </si>
   <si>
     <t>12.10.2018</t>
   </si>
   <si>
     <t>14.9.2018</t>
   </si>
   <si>
     <t>2.4.2016</t>
   </si>
   <si>
@@ -276,50 +276,53 @@
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>Milan Klika</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>Pavel Dvorník</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
@@ -1997,233 +2000,233 @@
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="I15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="L15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="R15" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="S15" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>538</v>
+      </c>
+      <c r="D16" s="4">
         <v>603</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>608</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>613</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>593</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>563</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>611</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>588</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>595</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>639</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>600</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>578</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>596</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>602</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>588</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>628</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>589</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>539</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>608</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>577</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>585</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>575</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>586</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>599</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>505</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>572</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>603</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>549</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>544</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -2279,189 +2282,189 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="7">
         <v>359</v>
       </c>
       <c r="D20" s="7">
         <v>357</v>
       </c>
       <c r="E20" s="7">
         <v>341</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
         <v>431</v>
       </c>
       <c r="D24" s="7">
         <v>456</v>
       </c>
       <c r="E24" s="7">
         <v>479</v>
       </c>
       <c r="F24" s="7">
         <v>440</v>
       </c>
       <c r="G24" s="7">
         <v>482</v>
       </c>
       <c r="H24" s="7">
         <v>436</v>
       </c>
       <c r="I24" s="7">
@@ -2612,144 +2615,144 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
         <v>448</v>
       </c>
       <c r="D28" s="7">
         <v>415</v>
       </c>
       <c r="E28" s="7">
         <v>449</v>
       </c>
       <c r="F28" s="7">
         <v>446</v>
       </c>
       <c r="G28" s="7">
         <v>403</v>
       </c>
       <c r="H28" s="7">
         <v>401</v>
       </c>
       <c r="I28" s="4">
@@ -2900,144 +2903,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>465</v>
       </c>
       <c r="D32" s="4">
         <v>523</v>
       </c>
       <c r="E32" s="4">
         <v>512</v>
       </c>
       <c r="F32" s="4">
         <v>569</v>
       </c>
       <c r="G32" s="4">
         <v>621</v>
       </c>
       <c r="H32" s="4">
         <v>581</v>
       </c>
       <c r="I32" s="4">
@@ -3188,141 +3191,141 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>559</v>
       </c>
       <c r="D36" s="4">
         <v>617</v>
       </c>
       <c r="E36" s="7">
         <v>479</v>
       </c>
       <c r="F36" s="7">
         <v>466</v>
       </c>
       <c r="G36" s="7">
         <v>514</v>
       </c>
       <c r="H36" s="7">
@@ -3476,78 +3479,78 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
@@ -3620,144 +3623,144 @@
       </c>
       <c r="J41" s="4">
         <v>120</v>
       </c>
       <c r="K41" s="4">
         <v>120</v>
       </c>
       <c r="L41" s="4">
         <v>120</v>
       </c>
       <c r="M41" s="4">
         <v>120</v>
       </c>
       <c r="N41" s="4">
         <v>120</v>
       </c>
       <c r="O41" s="4">
         <v>120</v>
       </c>
       <c r="P41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>569</v>
       </c>
       <c r="D44" s="4">
         <v>613</v>
       </c>
       <c r="E44" s="4">
         <v>548</v>
       </c>
       <c r="F44" s="4">
         <v>593</v>
       </c>
       <c r="G44" s="4">
         <v>559</v>
       </c>
       <c r="H44" s="4">
         <v>562</v>
       </c>
       <c r="I44" s="4">
@@ -3908,144 +3911,144 @@
       </c>
       <c r="Z45" s="4">
         <v>120</v>
       </c>
       <c r="AA45" s="4">
         <v>120</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>14</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
         <v>419</v>
       </c>
       <c r="D48" s="7">
         <v>427</v>
       </c>
       <c r="E48" s="4">
         <v>411</v>
       </c>
       <c r="F48" s="4">
         <v>489</v>
       </c>
       <c r="G48" s="4">
         <v>531</v>
       </c>
       <c r="H48" s="4">
         <v>465</v>
       </c>
       <c r="I48" s="4">
@@ -4196,51 +4199,51 @@
       </c>
       <c r="Z49" s="4">
         <v>120</v>
       </c>
       <c r="AA49" s="4">
         <v>120</v>
       </c>
       <c r="AB49" s="4">
         <v>120</v>
       </c>
       <c r="AC49" s="4">
         <v>120</v>
       </c>
       <c r="AD49" s="4">
         <v>120</v>
       </c>
       <c r="AE49" s="4">
         <v>120</v>
       </c>
       <c r="AF49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>