--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
   <si>
     <t>Výsledky hráčů družstva KK Mor.Slávia Brno D na kuželně KK MS Brno</t>
   </si>
   <si>
     <t>Štěpán Kalas</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>13.10.2025</t>
   </si>
   <si>
@@ -600,50 +600,53 @@
     <t>28.2.2024</t>
   </si>
   <si>
     <t>21.2.2024</t>
   </si>
   <si>
     <t>31.1.2024</t>
   </si>
   <si>
     <t>10.1.2024</t>
   </si>
   <si>
     <t>15.11.2023</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>Tereza Nová</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
@@ -3713,253 +3716,253 @@
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>196</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>198</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>199</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>200</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>201</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>202</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>203</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>204</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>205</v>
       </c>
       <c r="N39" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="O39" s="6" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>207</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>208</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>209</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>210</v>
       </c>
       <c r="T39" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="U39" s="6" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>212</v>
       </c>
       <c r="W39" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="X39" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="X39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y39" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z39" s="6" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>215</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>216</v>
       </c>
       <c r="AC39" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="AD39" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>218</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>192</v>
+        <v>219</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C40" s="4">
+      <c r="C40" s="7">
+        <v>567</v>
+      </c>
+      <c r="D40" s="4">
         <v>468</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>481</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>480</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>490</v>
       </c>
-      <c r="G40" s="7">
+      <c r="H40" s="7">
         <v>581</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>425</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>458</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>444</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>442</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>430</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>420</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>434</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>387</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>469</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>473</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>490</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>436</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>454</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>506</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>453</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>480</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>450</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>437</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>454</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>442</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>453</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>483</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>479</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C41" s="6">
-        <v>100</v>
+      <c r="C41" s="7">
+        <v>120</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
-      <c r="G41" s="7">
+      <c r="G41" s="6">
+        <v>100</v>
+      </c>
+      <c r="H41" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
@@ -3992,144 +3995,144 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>166</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>186</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>192</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>104</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>465</v>
       </c>
       <c r="D44" s="4">
         <v>440</v>
       </c>
       <c r="E44" s="4">
         <v>472</v>
       </c>
       <c r="F44" s="4">
         <v>426</v>
       </c>
       <c r="G44" s="4">
         <v>408</v>
       </c>
       <c r="H44" s="4">
         <v>445</v>
       </c>
       <c r="I44" s="4">
@@ -4280,147 +4283,147 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>155</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>399</v>
       </c>
       <c r="D48" s="4">
         <v>418</v>
       </c>
       <c r="E48" s="7">
         <v>512</v>
       </c>
       <c r="F48" s="7">
         <v>541</v>
       </c>
       <c r="G48" s="4">
         <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>120</v>
       </c>
       <c r="F49" s="7">
         <v>120</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>409</v>
       </c>
       <c r="D52" s="4">
         <v>359</v>
       </c>
       <c r="E52" s="4">
         <v>359</v>
       </c>
       <c r="F52" s="4">
         <v>380</v>
       </c>
       <c r="G52" s="4">
         <v>380</v>
       </c>
       <c r="H52" s="4">
         <v>366</v>
       </c>
       <c r="I52" s="4">
@@ -4451,102 +4454,102 @@
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>85</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>86</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>87</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>173</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>174</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>175</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>176</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>177</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>178</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>93</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>97</v>
       </c>
       <c r="R55" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>98</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>70</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V55" s="6" t="s">
         <v>72</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>100</v>
       </c>
       <c r="X55" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Y55" s="6" t="s">
         <v>101</v>
       </c>
       <c r="Z55" s="6" t="s">
         <v>102</v>
       </c>
@@ -4739,144 +4742,144 @@
       </c>
       <c r="Z57" s="6">
         <v>100</v>
       </c>
       <c r="AA57" s="6">
         <v>100</v>
       </c>
       <c r="AB57" s="6">
         <v>100</v>
       </c>
       <c r="AC57" s="6">
         <v>100</v>
       </c>
       <c r="AD57" s="6">
         <v>100</v>
       </c>
       <c r="AE57" s="6">
         <v>100</v>
       </c>
       <c r="AF57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N59" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="O59" s="6" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P59" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="Q59" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="R59" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="S59" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T59" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="U59" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="V59" s="6" t="s">
         <v>150</v>
       </c>
       <c r="W59" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="X59" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y59" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z59" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="AA59" s="6" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AB59" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="AC59" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="AD59" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="AE59" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="AF59" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>420</v>
       </c>
       <c r="D60" s="4">
         <v>415</v>
       </c>
       <c r="E60" s="4">
         <v>422</v>
       </c>
       <c r="F60" s="4">
         <v>366</v>
       </c>
       <c r="G60" s="4">
         <v>352</v>
       </c>
       <c r="H60" s="4">
         <v>368</v>
       </c>
       <c r="I60" s="4">
@@ -5027,144 +5030,144 @@
       </c>
       <c r="Z61" s="6">
         <v>100</v>
       </c>
       <c r="AA61" s="6">
         <v>100</v>
       </c>
       <c r="AB61" s="6">
         <v>100</v>
       </c>
       <c r="AC61" s="6">
         <v>100</v>
       </c>
       <c r="AD61" s="6">
         <v>100</v>
       </c>
       <c r="AE61" s="6">
         <v>100</v>
       </c>
       <c r="AF61" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J63" s="6" t="s">
         <v>176</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>182</v>
       </c>
       <c r="O63" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P63" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="Q63" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>186</v>
       </c>
       <c r="S63" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="T63" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="U63" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="V63" s="6" t="s">
         <v>72</v>
       </c>
       <c r="W63" s="6" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="X63" s="6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="Y63" s="6" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="Z63" s="6" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="AA63" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AB63" s="6" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="AC63" s="6" t="s">
         <v>136</v>
       </c>
       <c r="AD63" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AE63" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="AF63" s="6" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="4">
         <v>435</v>
       </c>
       <c r="D64" s="4">
         <v>435</v>
       </c>
       <c r="E64" s="4">
         <v>397</v>
       </c>
       <c r="F64" s="4">
         <v>454</v>
       </c>
       <c r="G64" s="4">
         <v>428</v>
       </c>
       <c r="H64" s="4">
         <v>429</v>
       </c>
       <c r="I64" s="4">
@@ -5315,144 +5318,144 @@
       </c>
       <c r="Z65" s="6">
         <v>100</v>
       </c>
       <c r="AA65" s="6">
         <v>100</v>
       </c>
       <c r="AB65" s="6">
         <v>100</v>
       </c>
       <c r="AC65" s="6">
         <v>100</v>
       </c>
       <c r="AD65" s="6">
         <v>100</v>
       </c>
       <c r="AE65" s="6">
         <v>100</v>
       </c>
       <c r="AF65" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>127</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>129</v>
       </c>
       <c r="G67" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>131</v>
       </c>
       <c r="I67" s="6" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K67" s="6" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N67" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="O67" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P67" s="6" t="s">
         <v>141</v>
       </c>
       <c r="Q67" s="6" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="R67" s="6" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="S67" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="T67" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="U67" s="6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="V67" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="W67" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="X67" s="6" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="Y67" s="6" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="Z67" s="6" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="AA67" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB67" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AC67" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="AD67" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AE67" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="AF67" s="6" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="68" spans="1:32">
       <c r="B68" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C68" s="4">
         <v>393</v>
       </c>
       <c r="D68" s="4">
         <v>401</v>
       </c>
       <c r="E68" s="4">
         <v>396</v>
       </c>
       <c r="F68" s="4">
         <v>414</v>
       </c>
       <c r="G68" s="4">
         <v>434</v>
       </c>
       <c r="H68" s="4">
         <v>352</v>
       </c>
       <c r="I68" s="4">