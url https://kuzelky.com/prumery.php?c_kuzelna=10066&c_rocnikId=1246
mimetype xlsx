--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Husovice˝B˝ na kuželně KK MS Brno</t>
   </si>
   <si>
     <t>Jiří Radil</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>12.1.2019</t>
   </si>
   <si>
     <t>16.9.2017</t>
   </si>
   <si>
     <t>2.4.2016</t>
   </si>
   <si>
     <t>21.2.2015</t>
   </si>
   <si>
     <t>26.2.2011</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
@@ -140,120 +143,120 @@
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
+    <t>Jan Machálek st.</t>
+  </si>
+  <si>
+    <t>Miroslav Vejtasa</t>
+  </si>
+  <si>
+    <t>Libor Škoula</t>
+  </si>
+  <si>
+    <t>11.1.2014</t>
+  </si>
+  <si>
+    <t>Lukáš Chadim</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>30.3.2022</t>
+  </si>
+  <si>
+    <t>2.2.2022</t>
+  </si>
+  <si>
+    <t>22.10.2021</t>
+  </si>
+  <si>
+    <t>8.1.2020</t>
+  </si>
+  <si>
+    <t>8.11.2019</t>
+  </si>
+  <si>
+    <t>16.1.2019</t>
+  </si>
+  <si>
+    <t>29.11.2018</t>
+  </si>
+  <si>
+    <t>14.11.2018</t>
+  </si>
+  <si>
+    <t>Michal Šimek</t>
+  </si>
+  <si>
+    <t>Tomáš Válka</t>
+  </si>
+  <si>
+    <t>11.9.2024</t>
+  </si>
+  <si>
+    <t>Radim Máca</t>
+  </si>
+  <si>
+    <t>Tomaš Žižlavský</t>
+  </si>
+  <si>
+    <t>Jan Machálek ml. ml.</t>
+  </si>
+  <si>
+    <t>6.3.2023</t>
+  </si>
+  <si>
+    <t>Jakub Hnát</t>
+  </si>
+  <si>
     <t>19.11.2022</t>
-  </si>
-[...67 lines deleted...]
-    <t>Jakub Hnát</t>
   </si>
   <si>
     <t>Karel Gabrhel</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>15.1.2020</t>
   </si>
   <si>
     <t>17.9.2018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -706,112 +709,121 @@
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>9</v>
       </c>
+      <c r="J3" s="6" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" s="4">
+        <v>555</v>
+      </c>
+      <c r="D4" s="4">
         <v>578</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>589</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>539</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>556</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>546</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>587</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>569</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
+        <v>120</v>
+      </c>
+      <c r="J5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>21</v>
       </c>
@@ -859,146 +871,146 @@
       </c>
       <c r="Z7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C8" s="4">
+        <v>543</v>
+      </c>
+      <c r="D8" s="4">
         <v>562</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>571</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>572</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>588</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>618</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>629</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>596</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>613</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>561</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>565</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>594</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>591</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>582</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>564</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>589</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>610</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>602</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>601</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>568</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>595</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>569</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>560</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>593</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>598</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>589</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>609</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>579</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>554</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
         <v>120</v>
       </c>
       <c r="J9" s="4">
         <v>120</v>
       </c>
@@ -1055,274 +1067,274 @@
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C12" s="4">
         <v>510</v>
       </c>
       <c r="D12" s="4">
         <v>512</v>
       </c>
       <c r="E12" s="4">
         <v>551</v>
       </c>
       <c r="F12" s="4">
         <v>558</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C16" s="4">
         <v>489</v>
       </c>
       <c r="D16" s="4">
         <v>561</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C20" s="4">
         <v>562</v>
       </c>
       <c r="D20" s="4">
         <v>623</v>
       </c>
       <c r="E20" s="4">
         <v>597</v>
       </c>
       <c r="F20" s="4">
         <v>604</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C24" s="4">
         <v>583</v>
       </c>
       <c r="D24" s="4">
         <v>584</v>
       </c>
       <c r="E24" s="4">
         <v>499</v>
       </c>
       <c r="F24" s="7">
         <v>428</v>
       </c>
       <c r="G24" s="7">
         <v>447</v>
       </c>
       <c r="H24" s="7">
         <v>451</v>
       </c>
       <c r="I24" s="7">
         <v>452</v>
       </c>
       <c r="J24" s="7">
         <v>431</v>
       </c>
       <c r="K24" s="7">
         <v>430</v>
       </c>
       <c r="L24" s="7">
         <v>438</v>
       </c>
       <c r="M24" s="7">
         <v>446</v>
       </c>
       <c r="N24" s="7">
         <v>446</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
@@ -1330,359 +1342,377 @@
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C28" s="4">
         <v>589</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="D31" s="6" t="s">
-        <v>34</v>
+      <c r="E31" s="6" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C32" s="4">
+        <v>579</v>
+      </c>
+      <c r="D32" s="4">
         <v>547</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>533</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
+        <v>120</v>
+      </c>
+      <c r="E33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C36" s="4">
         <v>548</v>
       </c>
       <c r="D36" s="4">
         <v>511</v>
       </c>
       <c r="E36" s="4">
         <v>509</v>
       </c>
       <c r="F36" s="4">
         <v>512</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C40" s="4">
         <v>556</v>
       </c>
       <c r="D40" s="4">
         <v>557</v>
       </c>
       <c r="E40" s="4">
         <v>509</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>64</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C44" s="7">
         <v>441</v>
       </c>
       <c r="D44" s="4">
         <v>579</v>
       </c>
       <c r="E44" s="4">
         <v>552</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>3</v>
+        <v>66</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>5</v>
       </c>
+      <c r="H47" s="6" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C48" s="4">
+        <v>575</v>
+      </c>
+      <c r="D48" s="4">
         <v>583</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>530</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>582</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>566</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>539</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C49" s="4">
         <v>120</v>
       </c>
       <c r="D49" s="4">
         <v>120</v>
       </c>
       <c r="E49" s="4">
         <v>120</v>
       </c>
       <c r="F49" s="4">
         <v>120</v>
       </c>
       <c r="G49" s="4">
+        <v>120</v>
+      </c>
+      <c r="H49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C52" s="7">
         <v>371</v>
       </c>
       <c r="D52" s="7">
         <v>402</v>
       </c>
       <c r="E52" s="7">
         <v>417</v>
       </c>
       <c r="F52" s="7">
         <v>442</v>
       </c>
       <c r="G52" s="7">
         <v>442</v>
       </c>
       <c r="H52" s="7">
         <v>442</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>