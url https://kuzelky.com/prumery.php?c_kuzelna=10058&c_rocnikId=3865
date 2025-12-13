--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -401,171 +401,171 @@
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
+    <t>Michal Kouřil</t>
+  </si>
+  <si>
+    <t>26.11.2019</t>
+  </si>
+  <si>
+    <t>Břetislav Láník</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>28.2.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>4.10.2024</t>
+  </si>
+  <si>
+    <t>12.4.2024</t>
+  </si>
+  <si>
+    <t>22.3.2024</t>
+  </si>
+  <si>
+    <t>8.3.2024</t>
+  </si>
+  <si>
+    <t>23.2.2024</t>
+  </si>
+  <si>
+    <t>9.2.2024</t>
+  </si>
+  <si>
+    <t>19.1.2024</t>
+  </si>
+  <si>
+    <t>Josef Michálek</t>
+  </si>
+  <si>
+    <t>18.1.2023</t>
+  </si>
+  <si>
+    <t>8.10.2022</t>
+  </si>
+  <si>
+    <t>Milan Ryšánek</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>2.10.2021</t>
+  </si>
+  <si>
+    <t>27.9.2020</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>5.10.2019</t>
+  </si>
+  <si>
+    <t>21.9.2019</t>
+  </si>
+  <si>
+    <t>6.4.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>8.12.2018</t>
+  </si>
+  <si>
+    <t>24.11.2018</t>
+  </si>
+  <si>
+    <t>16.9.2017</t>
+  </si>
+  <si>
+    <t>Petr Večerka</t>
+  </si>
+  <si>
+    <t>1.11.2025</t>
+  </si>
+  <si>
+    <t>16.12.2024</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>Miloslav Krejčí</t>
+  </si>
+  <si>
     <t>22.1.2023</t>
   </si>
   <si>
-    <t>Michal Kouřil</t>
-[...104 lines deleted...]
-    <t>16.9.2023</t>
+    <t>Tomáš Jelínek</t>
+  </si>
+  <si>
+    <t>20.11.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
-  </si>
-[...7 lines deleted...]
-    <t>20.11.2022</t>
   </si>
   <si>
     <t>17.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>Vladimír Crhounek</t>
   </si>
 </sst>
 </file>
 
@@ -2156,233 +2156,233 @@
       </c>
       <c r="AB17" s="7">
         <v>120</v>
       </c>
       <c r="AC17" s="7">
         <v>120</v>
       </c>
       <c r="AD17" s="7">
         <v>120</v>
       </c>
       <c r="AE17" s="7">
         <v>120</v>
       </c>
       <c r="AF17" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="P19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q19" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AD19" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AE19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="7">
+        <v>570</v>
+      </c>
+      <c r="D20" s="7">
         <v>539</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>534</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>522</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>534</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>594</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>563</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>537</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>561</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>530</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>560</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>545</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>530</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>566</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>561</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>507</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>572</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>594</v>
       </c>
-      <c r="T20" s="7">
+      <c r="U20" s="7">
         <v>574</v>
       </c>
-      <c r="U20" s="7">
+      <c r="V20" s="7">
         <v>533</v>
       </c>
-      <c r="V20" s="7">
+      <c r="W20" s="7">
         <v>527</v>
       </c>
-      <c r="W20" s="7">
+      <c r="X20" s="7">
         <v>587</v>
       </c>
-      <c r="X20" s="7">
+      <c r="Y20" s="7">
         <v>595</v>
       </c>
-      <c r="Y20" s="7">
+      <c r="Z20" s="7">
         <v>534</v>
       </c>
-      <c r="Z20" s="7">
+      <c r="AA20" s="7">
         <v>566</v>
       </c>
-      <c r="AA20" s="7">
+      <c r="AB20" s="7">
         <v>568</v>
       </c>
-      <c r="AB20" s="7">
+      <c r="AC20" s="7">
         <v>530</v>
       </c>
-      <c r="AC20" s="7">
+      <c r="AD20" s="7">
         <v>610</v>
       </c>
-      <c r="AD20" s="7">
+      <c r="AE20" s="7">
         <v>532</v>
       </c>
-      <c r="AE20" s="7">
+      <c r="AF20" s="7">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="7">
         <v>120</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
       <c r="F21" s="7">
         <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>120</v>
       </c>
       <c r="H21" s="7">
         <v>120</v>
       </c>
       <c r="I21" s="7">
@@ -2438,159 +2438,159 @@
       </c>
       <c r="Z21" s="7">
         <v>120</v>
       </c>
       <c r="AA21" s="7">
         <v>120</v>
       </c>
       <c r="AB21" s="7">
         <v>120</v>
       </c>
       <c r="AC21" s="7">
         <v>120</v>
       </c>
       <c r="AD21" s="7">
         <v>120</v>
       </c>
       <c r="AE21" s="7">
         <v>120</v>
       </c>
       <c r="AF21" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>428</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>72</v>
       </c>
       <c r="W27" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="X27" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
         <v>503</v>
       </c>
       <c r="D28" s="7">
         <v>549</v>
       </c>
       <c r="E28" s="7">
@@ -2753,51 +2753,51 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>5</v>
       </c>
@@ -2834,63 +2834,63 @@
       <c r="T31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>404</v>
       </c>
       <c r="D32" s="4">
         <v>454</v>
       </c>
       <c r="E32" s="4">
         <v>389</v>
       </c>
       <c r="F32" s="4">
         <v>408</v>
       </c>
       <c r="G32" s="4">
         <v>418</v>
       </c>
       <c r="H32" s="4">
         <v>436</v>
       </c>
       <c r="I32" s="4">
@@ -3041,132 +3041,132 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>82</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>85</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N35" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="O35" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="R35" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="Q35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y35" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="Z35" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="AA35" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="Z35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>390</v>
       </c>
       <c r="D36" s="4">
         <v>419</v>
       </c>
       <c r="E36" s="4">
         <v>451</v>
       </c>
       <c r="F36" s="4">
         <v>408</v>
       </c>
       <c r="G36" s="4">
         <v>436</v>
       </c>
       <c r="H36" s="4">
         <v>439</v>
       </c>
       <c r="I36" s="4">
@@ -3293,239 +3293,239 @@
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="J39" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="D39" s="6" t="s">
-[...14 lines deleted...]
-      <c r="I39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="L39" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="M39" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="N39" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="O39" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="P39" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q39" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="R39" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="S39" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="T39" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="U39" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="V39" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="K39" s="6" t="s">
-[...32 lines deleted...]
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AD39" s="6" t="s">
+      <c r="AE39" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
+        <v>554</v>
+      </c>
+      <c r="D40" s="7">
         <v>569</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>557</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>577</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>509</v>
       </c>
-      <c r="G40" s="7">
+      <c r="H40" s="7">
         <v>508</v>
       </c>
-      <c r="H40" s="7">
+      <c r="I40" s="7">
         <v>540</v>
       </c>
-      <c r="I40" s="7">
+      <c r="J40" s="7">
         <v>525</v>
       </c>
-      <c r="J40" s="7">
+      <c r="K40" s="7">
         <v>569</v>
       </c>
-      <c r="K40" s="7">
+      <c r="L40" s="7">
         <v>576</v>
       </c>
-      <c r="L40" s="7">
+      <c r="M40" s="7">
         <v>560</v>
       </c>
-      <c r="M40" s="7">
+      <c r="N40" s="7">
         <v>547</v>
       </c>
-      <c r="N40" s="7">
+      <c r="O40" s="7">
         <v>536</v>
       </c>
-      <c r="O40" s="7">
+      <c r="P40" s="7">
         <v>558</v>
       </c>
-      <c r="P40" s="7">
+      <c r="Q40" s="7">
         <v>579</v>
       </c>
-      <c r="Q40" s="7">
+      <c r="R40" s="7">
         <v>562</v>
       </c>
-      <c r="R40" s="7">
+      <c r="S40" s="7">
         <v>566</v>
       </c>
-      <c r="S40" s="7">
+      <c r="T40" s="7">
         <v>570</v>
       </c>
-      <c r="T40" s="7">
+      <c r="U40" s="7">
         <v>569</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>535</v>
       </c>
-      <c r="V40" s="7">
+      <c r="W40" s="7">
         <v>545</v>
       </c>
-      <c r="W40" s="7">
+      <c r="X40" s="7">
         <v>557</v>
       </c>
-      <c r="X40" s="7">
+      <c r="Y40" s="7">
         <v>554</v>
       </c>
-      <c r="Y40" s="7">
+      <c r="Z40" s="7">
         <v>586</v>
       </c>
-      <c r="Z40" s="7">
+      <c r="AA40" s="7">
         <v>567</v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AB40" s="7">
         <v>604</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AC40" s="7">
         <v>519</v>
       </c>
-      <c r="AC40" s="7">
+      <c r="AD40" s="7">
         <v>541</v>
       </c>
-      <c r="AD40" s="7">
+      <c r="AE40" s="7">
         <v>554</v>
       </c>
-      <c r="AE40" s="7">
+      <c r="AF40" s="7">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
       <c r="G41" s="7">
         <v>120</v>
       </c>
       <c r="H41" s="7">
         <v>120</v>
       </c>
       <c r="I41" s="7">
@@ -3581,141 +3581,141 @@
       </c>
       <c r="Z41" s="7">
         <v>120</v>
       </c>
       <c r="AA41" s="7">
         <v>120</v>
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
       <c r="AE41" s="7">
         <v>120</v>
       </c>
       <c r="AF41" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>66</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>67</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>69</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>72</v>
       </c>
       <c r="S43" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="T43" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>127</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>129</v>
+        <v>166</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
         <v>529</v>
       </c>
       <c r="D44" s="7">
         <v>577</v>
       </c>
       <c r="E44" s="7">
         <v>529</v>
       </c>
       <c r="F44" s="7">
         <v>549</v>
       </c>
       <c r="G44" s="7">
         <v>603</v>
       </c>
       <c r="H44" s="7">
@@ -3869,138 +3869,138 @@
       </c>
       <c r="Z45" s="7">
         <v>120</v>
       </c>
       <c r="AA45" s="7">
         <v>120</v>
       </c>
       <c r="AB45" s="7">
         <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>120</v>
       </c>
       <c r="AD45" s="7">
         <v>120</v>
       </c>
       <c r="AE45" s="7">
         <v>120</v>
       </c>
       <c r="AF45" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>62</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>128</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>14</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>78</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>79</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>107</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>80</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>109</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>170</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>171</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>172</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>173</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>174</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>175</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
         <v>515</v>
       </c>
       <c r="D48" s="7">
         <v>537</v>
       </c>
       <c r="E48" s="7">
         <v>605</v>
       </c>
       <c r="F48" s="7">
         <v>556</v>
       </c>
       <c r="G48" s="7">
@@ -4163,138 +4163,138 @@
       </c>
       <c r="AB49" s="7">
         <v>120</v>
       </c>
       <c r="AC49" s="7">
         <v>120</v>
       </c>
       <c r="AD49" s="7">
         <v>120</v>
       </c>
       <c r="AE49" s="7">
         <v>120</v>
       </c>
       <c r="AF49" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="H51" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="I51" s="6" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>67</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>69</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>70</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>72</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>8</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V51" s="6" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>74</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>10</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AF51" s="6" t="s">
-        <v>129</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="7">
         <v>552</v>
       </c>
       <c r="D52" s="7">
         <v>544</v>
       </c>
       <c r="E52" s="7">
         <v>533</v>
       </c>
       <c r="F52" s="7">
         <v>537</v>
       </c>
       <c r="G52" s="7">
         <v>525</v>
       </c>
       <c r="H52" s="7">
         <v>560</v>
       </c>
       <c r="I52" s="7">