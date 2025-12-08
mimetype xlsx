--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -98,50 +98,53 @@
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
     <t>7.9.2019</t>
   </si>
   <si>
     <t>3.2.2018</t>
   </si>
   <si>
     <t>Václav Podešť</t>
   </si>
   <si>
     <t>14.9.2019</t>
   </si>
   <si>
     <t>Marek Dostál</t>
   </si>
   <si>
     <t>Ondřej Ševela</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
@@ -183,53 +186,50 @@
     <t>21.10.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.12.2022</t>
   </si>
   <si>
     <t>Václav Kratochvíla</t>
   </si>
   <si>
     <t>8.10.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>13.11.2022</t>
   </si>
   <si>
     <t>Michal Zelený</t>
   </si>
   <si>
     <t>Rostislav Rybárský</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1147,138 +1147,138 @@
       </c>
       <c r="AA31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="4">
+        <v>612</v>
+      </c>
+      <c r="D32" s="4">
         <v>574</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>604</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>634</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>598</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>601</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>571</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>597</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>613</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>625</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>571</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>605</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>609</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>592</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>590</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>623</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>632</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>645</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>582</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>539</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>604</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>573</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>645</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>568</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>643</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>634</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>622</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>556</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>582</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -1466,51 +1466,51 @@
         <v>573</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="7">
         <v>396</v>
       </c>
       <c r="D44" s="7">
         <v>446</v>
       </c>
       <c r="E44" s="4">
         <v>505</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>6</v>