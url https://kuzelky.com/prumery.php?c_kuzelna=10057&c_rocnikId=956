--- v0 (2025-12-09)
+++ v1 (2025-12-13)
@@ -12,98 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Výsledky hráčů družstva Sokol Přemyslovice˝A˝ na kuželně HKK Olomouc</t>
   </si>
   <si>
     <t>Oldřich Pajchl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Vojtěch Jurníček</t>
   </si>
   <si>
     <t>19.10.2013</t>
   </si>
   <si>
     <t>10.11.2012</t>
   </si>
   <si>
     <t>1.10.2011</t>
   </si>
   <si>
     <t>Milan Dvorský</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>11.11.2017</t>
   </si>
   <si>
     <t>27.3.2010</t>
   </si>
   <si>
     <t>Tomáš Fraus</t>
   </si>
@@ -749,516 +752,525 @@
       <c r="A11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="J11" s="6" t="s">
-        <v>22</v>
+      <c r="K11" s="6" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="4">
+        <v>401</v>
+      </c>
+      <c r="D12" s="4">
         <v>406</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>426</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>404</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>418</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>372</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>393</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>480</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>390</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
-      <c r="I13" s="7">
-[...2 lines deleted...]
-      <c r="J13" s="6">
+      <c r="I13" s="6">
+        <v>100</v>
+      </c>
+      <c r="J13" s="7">
+        <v>120</v>
+      </c>
+      <c r="K13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="7">
         <v>569</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="7">
         <v>501</v>
       </c>
       <c r="D20" s="7">
         <v>526</v>
       </c>
       <c r="E20" s="7">
         <v>455</v>
       </c>
       <c r="F20" s="4">
         <v>462</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="B21" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="7">
         <v>120</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="B24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="4">
         <v>457</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="B25" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="B28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="7">
         <v>518</v>
       </c>
       <c r="D28" s="7">
         <v>533</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="B29" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="B32" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="7">
         <v>544</v>
       </c>
       <c r="D32" s="4">
         <v>425</v>
       </c>
       <c r="E32" s="7">
         <v>526</v>
       </c>
       <c r="F32" s="4">
         <v>412</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="B33" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="B36" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="7">
         <v>562</v>
       </c>
       <c r="D36" s="7">
         <v>567</v>
       </c>
       <c r="E36" s="7">
         <v>529</v>
       </c>
       <c r="F36" s="4">
         <v>438</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="B37" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="B40" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="7">
         <v>543</v>
       </c>
       <c r="D40" s="4">
         <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="B41" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="B44" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="7">
         <v>540</v>
       </c>
       <c r="D44" s="7">
         <v>515</v>
       </c>
       <c r="E44" s="4">
         <v>411</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="B45" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="7">
         <v>120</v>
       </c>
       <c r="D45" s="7">
         <v>120</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="B48" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="4">
         <v>403</v>
       </c>
       <c r="D48" s="4">
         <v>395</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="B49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="B52" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="4">
         <v>450</v>
       </c>
       <c r="D52" s="4">
         <v>477</v>
       </c>
       <c r="E52" s="4">
         <v>416</v>
       </c>
       <c r="F52" s="4">
         <v>435</v>
       </c>
       <c r="G52" s="4">
         <v>384</v>
       </c>
       <c r="H52" s="4">
         <v>441</v>
       </c>
       <c r="I52" s="7">
@@ -1283,126 +1295,126 @@
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="7">
         <v>120</v>
       </c>
       <c r="J53" s="7">
         <v>120</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="B56" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="7">
         <v>517</v>
       </c>
       <c r="D56" s="4">
         <v>401</v>
       </c>
       <c r="E56" s="4">
         <v>348</v>
       </c>
       <c r="F56" s="7">
         <v>473</v>
       </c>
       <c r="G56" s="4">
         <v>440</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="B57" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="7">
         <v>120</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="7">
         <v>120</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="B60" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="4">
         <v>371</v>
       </c>
       <c r="D60" s="4">
         <v>402</v>
       </c>
       <c r="E60" s="4">
         <v>344</v>
       </c>
       <c r="F60" s="4">
         <v>379</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="B61" s="5" t="s">
         <v>10</v>