--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -35,50 +35,53 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Výsledky hráčů družstva TJ Prostějov C na kuželně HKK Olomouc</t>
   </si>
   <si>
     <t>Stanislav Feike</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Josef Čapka</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>12.4.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>2.12.2022</t>
@@ -117,53 +120,50 @@
     <t>26.11.2011</t>
   </si>
   <si>
     <t>15.10.2011</t>
   </si>
   <si>
     <t>1.10.2011</t>
   </si>
   <si>
     <t>19.3.2011</t>
   </si>
   <si>
     <t>26.2.2011</t>
   </si>
   <si>
     <t>4.12.2010</t>
   </si>
   <si>
     <t>20.11.2010</t>
   </si>
   <si>
     <t>6.11.2010</t>
   </si>
   <si>
     <t>16.10.2010</t>
-  </si>
-[...1 lines deleted...]
-    <t>25.9.2010</t>
   </si>
   <si>
     <t>Pavel Černohous</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>13.4.2019</t>
   </si>
   <si>
     <t>Zdeněk Chudožilov</t>
   </si>
   <si>
     <t>Václav Kovařík</t>
   </si>
   <si>
     <t>17.11.2023</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>Marek Čépe</t>
   </si>
@@ -683,54 +683,54 @@
       <c r="G7" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="O7" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="P7" s="5" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="Q7" s="5" t="s">
         <v>20</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>21</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>23</v>
       </c>
       <c r="U7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="V7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="W7" s="5" t="s">
         <v>26</v>
       </c>
       <c r="X7" s="5" t="s">
         <v>27</v>
       </c>
@@ -742,138 +742,138 @@
       </c>
       <c r="AA7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="AB7" s="5" t="s">
         <v>31</v>
       </c>
       <c r="AC7" s="5" t="s">
         <v>32</v>
       </c>
       <c r="AD7" s="5" t="s">
         <v>33</v>
       </c>
       <c r="AE7" s="5" t="s">
         <v>34</v>
       </c>
       <c r="AF7" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="6">
+        <v>340</v>
+      </c>
+      <c r="D8" s="6">
         <v>368</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>392</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>416</v>
       </c>
-      <c r="F8" s="6">
+      <c r="G8" s="6">
         <v>349</v>
       </c>
-      <c r="G8" s="6">
+      <c r="H8" s="6">
         <v>374</v>
       </c>
-      <c r="H8" s="6">
+      <c r="I8" s="6">
         <v>371</v>
       </c>
-      <c r="I8" s="6">
+      <c r="J8" s="6">
         <v>368</v>
       </c>
-      <c r="J8" s="6">
+      <c r="K8" s="6">
         <v>427</v>
       </c>
-      <c r="K8" s="6">
+      <c r="L8" s="6">
         <v>387</v>
       </c>
-      <c r="L8" s="6">
+      <c r="M8" s="6">
         <v>397</v>
       </c>
-      <c r="M8" s="6">
+      <c r="N8" s="6">
         <v>357</v>
       </c>
-      <c r="N8" s="6">
+      <c r="O8" s="6">
         <v>367</v>
       </c>
-      <c r="O8" s="6">
+      <c r="P8" s="6">
         <v>395</v>
       </c>
-      <c r="P8" s="6">
+      <c r="Q8" s="6">
         <v>361</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="R8" s="6">
         <v>451</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>488</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>499</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>497</v>
       </c>
-      <c r="U8" s="7">
+      <c r="V8" s="7">
         <v>503</v>
       </c>
-      <c r="V8" s="7">
+      <c r="W8" s="7">
         <v>525</v>
       </c>
-      <c r="W8" s="7">
+      <c r="X8" s="7">
         <v>534</v>
       </c>
-      <c r="X8" s="7">
+      <c r="Y8" s="7">
         <v>510</v>
       </c>
-      <c r="Y8" s="7">
+      <c r="Z8" s="7">
         <v>487</v>
       </c>
-      <c r="Z8" s="7">
+      <c r="AA8" s="7">
         <v>471</v>
       </c>
-      <c r="AA8" s="7">
+      <c r="AB8" s="7">
         <v>492</v>
       </c>
-      <c r="AB8" s="7">
+      <c r="AC8" s="7">
         <v>533</v>
       </c>
-      <c r="AC8" s="7">
+      <c r="AD8" s="7">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="AE8" s="7">
         <v>515</v>
       </c>
       <c r="AF8" s="7">
-        <v>501</v>
+        <v>515</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="5">
         <v>100</v>
       </c>
       <c r="D9" s="5">
         <v>100</v>
       </c>
       <c r="E9" s="5">
         <v>100</v>
       </c>
       <c r="F9" s="5">
         <v>100</v>
       </c>
       <c r="G9" s="5">
         <v>100</v>
       </c>
       <c r="H9" s="5">
         <v>100</v>
       </c>
       <c r="I9" s="5">
@@ -881,52 +881,52 @@
       </c>
       <c r="J9" s="5">
         <v>100</v>
       </c>
       <c r="K9" s="5">
         <v>100</v>
       </c>
       <c r="L9" s="5">
         <v>100</v>
       </c>
       <c r="M9" s="5">
         <v>100</v>
       </c>
       <c r="N9" s="5">
         <v>100</v>
       </c>
       <c r="O9" s="5">
         <v>100</v>
       </c>
       <c r="P9" s="5">
         <v>100</v>
       </c>
       <c r="Q9" s="5">
         <v>100</v>
       </c>
-      <c r="R9" s="7">
-        <v>120</v>
+      <c r="R9" s="5">
+        <v>100</v>
       </c>
       <c r="S9" s="7">
         <v>120</v>
       </c>
       <c r="T9" s="7">
         <v>120</v>
       </c>
       <c r="U9" s="7">
         <v>120</v>
       </c>
       <c r="V9" s="7">
         <v>120</v>
       </c>
       <c r="W9" s="7">
         <v>120</v>
       </c>
       <c r="X9" s="7">
         <v>120</v>
       </c>
       <c r="Y9" s="7">
         <v>120</v>
       </c>
       <c r="Z9" s="7">
         <v>120</v>
       </c>
@@ -938,63 +938,63 @@
       </c>
       <c r="AC9" s="7">
         <v>120</v>
       </c>
       <c r="AD9" s="7">
         <v>120</v>
       </c>
       <c r="AE9" s="7">
         <v>120</v>
       </c>
       <c r="AF9" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="6">
         <v>383</v>
       </c>
       <c r="D12" s="6">
         <v>414</v>
       </c>
       <c r="E12" s="6">
         <v>411</v>
       </c>
       <c r="F12" s="6">
         <v>396</v>
       </c>
       <c r="G12" s="6">
         <v>406</v>
       </c>
       <c r="H12" s="6">
         <v>408</v>
       </c>
     </row>
@@ -1010,141 +1010,150 @@
       </c>
       <c r="E13" s="5">
         <v>100</v>
       </c>
       <c r="F13" s="5">
         <v>100</v>
       </c>
       <c r="G13" s="5">
         <v>100</v>
       </c>
       <c r="H13" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="J15" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="6">
+        <v>324</v>
+      </c>
+      <c r="D16" s="6">
         <v>367</v>
       </c>
-      <c r="D16" s="6">
+      <c r="E16" s="6">
         <v>331</v>
       </c>
-      <c r="E16" s="6">
+      <c r="F16" s="6">
         <v>366</v>
       </c>
-      <c r="F16" s="6">
+      <c r="G16" s="6">
         <v>333</v>
       </c>
-      <c r="G16" s="6">
+      <c r="H16" s="6">
         <v>340</v>
       </c>
-      <c r="H16" s="6">
+      <c r="I16" s="6">
         <v>375</v>
       </c>
-      <c r="I16" s="6">
+      <c r="J16" s="6">
         <v>382</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="5">
         <v>100</v>
       </c>
       <c r="D17" s="5">
         <v>100</v>
       </c>
       <c r="E17" s="5">
         <v>100</v>
       </c>
       <c r="F17" s="5">
         <v>100</v>
       </c>
       <c r="G17" s="5">
         <v>100</v>
       </c>
       <c r="H17" s="5">
         <v>100</v>
       </c>
       <c r="I17" s="5">
         <v>100</v>
       </c>
+      <c r="J17" s="5">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
         <v>435</v>
       </c>
       <c r="D20" s="6">
         <v>401</v>
       </c>
       <c r="E20" s="6">
         <v>428</v>
       </c>
       <c r="F20" s="6">
         <v>412</v>
       </c>
       <c r="G20" s="6">
         <v>442</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="4" t="s">
         <v>5</v>
@@ -1172,204 +1181,213 @@
       <c r="B23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>13</v>
       </c>
       <c r="J23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="L23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="M23" s="5" t="s">
+      <c r="N23" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="N23" s="5" t="s">
+      <c r="O23" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="6">
+        <v>395</v>
+      </c>
+      <c r="D24" s="6">
         <v>399</v>
       </c>
-      <c r="D24" s="6">
+      <c r="E24" s="6">
         <v>419</v>
       </c>
-      <c r="E24" s="6">
+      <c r="F24" s="6">
         <v>392</v>
       </c>
-      <c r="F24" s="6">
+      <c r="G24" s="6">
         <v>382</v>
       </c>
-      <c r="G24" s="6">
+      <c r="H24" s="6">
         <v>387</v>
       </c>
-      <c r="H24" s="6">
+      <c r="I24" s="6">
         <v>375</v>
       </c>
-      <c r="I24" s="6">
+      <c r="J24" s="6">
         <v>394</v>
       </c>
-      <c r="J24" s="6">
+      <c r="K24" s="6">
         <v>407</v>
       </c>
-      <c r="K24" s="6">
+      <c r="L24" s="6">
         <v>415</v>
       </c>
-      <c r="L24" s="6">
+      <c r="M24" s="6">
         <v>383</v>
       </c>
-      <c r="M24" s="6">
+      <c r="N24" s="6">
         <v>424</v>
       </c>
-      <c r="N24" s="6">
+      <c r="O24" s="6">
         <v>418</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="5">
         <v>100</v>
       </c>
       <c r="D25" s="5">
         <v>100</v>
       </c>
       <c r="E25" s="5">
         <v>100</v>
       </c>
       <c r="F25" s="5">
         <v>100</v>
       </c>
       <c r="G25" s="5">
         <v>100</v>
       </c>
       <c r="H25" s="5">
         <v>100</v>
       </c>
       <c r="I25" s="5">
         <v>100</v>
       </c>
       <c r="J25" s="5">
         <v>100</v>
       </c>
       <c r="K25" s="5">
         <v>100</v>
       </c>
       <c r="L25" s="5">
         <v>100</v>
       </c>
       <c r="M25" s="5">
         <v>100</v>
       </c>
       <c r="N25" s="5">
         <v>100</v>
       </c>
+      <c r="O25" s="5">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="6">
         <v>395</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>42</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="6">
         <v>417</v>
       </c>
       <c r="D32" s="6">
         <v>394</v>
       </c>
       <c r="E32" s="6">
         <v>399</v>
       </c>
       <c r="F32" s="6">
         <v>397</v>
       </c>
       <c r="G32" s="6">
         <v>435</v>
       </c>
       <c r="H32" s="6">
         <v>422</v>
       </c>
       <c r="I32" s="6">
@@ -1394,63 +1412,63 @@
       </c>
       <c r="F33" s="5">
         <v>100</v>
       </c>
       <c r="G33" s="5">
         <v>100</v>
       </c>
       <c r="H33" s="5">
         <v>100</v>
       </c>
       <c r="I33" s="5">
         <v>100</v>
       </c>
       <c r="J33" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G35" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>42</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="6">
         <v>436</v>
       </c>
       <c r="D36" s="6">
         <v>415</v>
       </c>
       <c r="E36" s="6">
         <v>396</v>
       </c>
       <c r="F36" s="6">