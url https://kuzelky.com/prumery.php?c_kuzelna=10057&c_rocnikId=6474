--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,94 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Výsledky hráčů družstva HKK Olomouc D na kuželně HKK Olomouc</t>
   </si>
   <si>
     <t>Jaroslav Kopáč</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>29.10.2021</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>3.9.2021</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Radek Hejtman</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
@@ -143,219 +146,219 @@
   <si>
     <t>17.11.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>7.4.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
+    <t>Vlastimil Hejtman</t>
+  </si>
+  <si>
     <t>17.2.2023</t>
   </si>
   <si>
-    <t>Vlastimil Hejtman</t>
-[...1 lines deleted...]
-  <si>
     <t>2.12.2022</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>13.10.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>Michal Svoboda</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>Petr Mandl</t>
   </si>
   <si>
+    <t>Helena Hejtmanová</t>
+  </si>
+  <si>
+    <t>3.2.2024</t>
+  </si>
+  <si>
+    <t>25.2.2023</t>
+  </si>
+  <si>
+    <t>31.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>22.1.2022</t>
+  </si>
+  <si>
+    <t>13.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>Aneta Krzystková</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>28.2.2025</t>
+  </si>
+  <si>
+    <t>12.4.2024</t>
+  </si>
+  <si>
+    <t>22.3.2024</t>
+  </si>
+  <si>
+    <t>8.3.2024</t>
+  </si>
+  <si>
+    <t>12.1.2024</t>
+  </si>
+  <si>
+    <t>10.11.2023</t>
+  </si>
+  <si>
+    <t>2.11.2023</t>
+  </si>
+  <si>
+    <t>27.10.2023</t>
+  </si>
+  <si>
+    <t>20.10.2023</t>
+  </si>
+  <si>
+    <t>29.9.2023</t>
+  </si>
+  <si>
+    <t>15.9.2023</t>
+  </si>
+  <si>
+    <t>6.4.2023</t>
+  </si>
+  <si>
+    <t>10.3.2023</t>
+  </si>
+  <si>
+    <t>15.4.2022</t>
+  </si>
+  <si>
+    <t>Petr Jurka</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>2.2.2024</t>
+  </si>
+  <si>
+    <t>1.12.2023</t>
+  </si>
+  <si>
+    <t>18.11.2022</t>
+  </si>
+  <si>
+    <t>16.9.2022</t>
+  </si>
+  <si>
+    <t>22.4.2022</t>
+  </si>
+  <si>
+    <t>Petr Cvrček</t>
+  </si>
+  <si>
     <t>28.10.2022</t>
-  </si>
-[...112 lines deleted...]
-    <t>Petr Cvrček</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -958,161 +961,161 @@
       </c>
       <c r="AA7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="7">
+        <v>526</v>
+      </c>
+      <c r="D8" s="7">
         <v>513</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>495</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>527</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>474</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>557</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>450</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>463</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>439</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>471</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>481</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>466</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>418</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>443</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>470</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>411</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>399</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>444</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>424</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>449</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>443</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>446</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>466</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>456</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>434</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>423</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>447</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>462</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>458</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="7">
         <v>120</v>
       </c>
       <c r="D9" s="7">
         <v>120</v>
       </c>
       <c r="E9" s="7">
         <v>120</v>
       </c>
       <c r="F9" s="7">
         <v>120</v>
       </c>
       <c r="G9" s="7">
         <v>120</v>
       </c>
-      <c r="H9" s="6">
-        <v>100</v>
+      <c r="H9" s="7">
+        <v>120</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
         <v>100</v>
       </c>
       <c r="K9" s="6">
         <v>100</v>
       </c>
       <c r="L9" s="6">
         <v>100</v>
       </c>
       <c r="M9" s="6">
         <v>100</v>
       </c>
       <c r="N9" s="6">
         <v>100</v>
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
@@ -1151,120 +1154,120 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="4">
         <v>457</v>
       </c>
       <c r="D12" s="4">
         <v>402</v>
       </c>
       <c r="E12" s="4">
         <v>427</v>
       </c>
       <c r="F12" s="4">
         <v>440</v>
       </c>
       <c r="G12" s="4">
         <v>396</v>
       </c>
       <c r="H12" s="4">
@@ -1388,259 +1391,259 @@
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
       <c r="V13" s="6">
         <v>100</v>
       </c>
       <c r="W13" s="6">
         <v>100</v>
       </c>
       <c r="X13" s="6">
         <v>100</v>
       </c>
       <c r="Y13" s="6">
         <v>100</v>
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="7">
+        <v>523</v>
+      </c>
+      <c r="D16" s="7">
         <v>494</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>520</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>474</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>506</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>413</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>414</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>406</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>429</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>393</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>412</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>429</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>426</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>484</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>433</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>430</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>431</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>454</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>428</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>448</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>426</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>420</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>432</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>480</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>450</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>473</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>430</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>421</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>436</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
-      <c r="G17" s="6">
-        <v>100</v>
+      <c r="G17" s="7">
+        <v>120</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
@@ -1676,57 +1679,57 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>24</v>
       </c>
@@ -1754,178 +1757,178 @@
       <c r="S19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="7">
+        <v>424</v>
+      </c>
+      <c r="D20" s="7">
         <v>533</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>489</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>533</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>401</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>426</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>404</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>448</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>437</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>408</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>395</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>409</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>420</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>436</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>411</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>414</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>411</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>399</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>445</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>378</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>459</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>398</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>410</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>404</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>400</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>403</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>413</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>404</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>461</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="7">
         <v>120</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
-      <c r="F21" s="6">
-        <v>100</v>
+      <c r="F21" s="7">
+        <v>120</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
       <c r="M21" s="6">
         <v>100</v>
       </c>
       <c r="N21" s="6">
         <v>100</v>
       </c>
@@ -1994,51 +1997,51 @@
       <c r="C23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="7">
         <v>452</v>
       </c>
       <c r="D24" s="7">
         <v>525</v>
       </c>
       <c r="E24" s="7">
         <v>493</v>
       </c>
       <c r="F24" s="7">
         <v>495</v>
       </c>
       <c r="G24" s="7">
         <v>540</v>
       </c>
       <c r="H24" s="7">
@@ -2081,132 +2084,132 @@
       </c>
       <c r="I25" s="7">
         <v>120</v>
       </c>
       <c r="J25" s="7">
         <v>120</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>77</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>85</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>86</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>87</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="4">
         <v>374</v>
       </c>
       <c r="D28" s="4">
         <v>391</v>
       </c>
       <c r="E28" s="4">
         <v>372</v>
       </c>
       <c r="F28" s="4">
         <v>396</v>
       </c>
       <c r="G28" s="4">
         <v>375</v>
       </c>
       <c r="H28" s="4">
@@ -2369,111 +2372,111 @@
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>94</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>83</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="4">
         <v>363</v>
       </c>
       <c r="D32" s="4">
         <v>393</v>
       </c>
       <c r="E32" s="4">
         <v>372</v>
       </c>
       <c r="F32" s="4">
@@ -2612,247 +2615,247 @@
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="AB35" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="7">
+        <v>503</v>
+      </c>
+      <c r="D36" s="7">
         <v>507</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>502</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>465</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>420</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>432</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>443</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>458</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>407</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>357</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>428</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>431</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>401</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>364</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>340</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>399</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>392</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>409</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>408</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>380</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>417</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>419</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>367</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>413</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>433</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>414</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>412</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>418</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>415</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
-      <c r="F37" s="6">
-        <v>100</v>
+      <c r="F37" s="7">
+        <v>120</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>