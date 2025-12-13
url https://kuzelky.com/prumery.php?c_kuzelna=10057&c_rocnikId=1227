--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Výsledky hráčů družstva HKK Olomouc ˝A˝ na kuželně HKK Olomouc</t>
   </si>
   <si>
     <t>Jiří Baslar</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
@@ -110,221 +113,221 @@
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jiří Němec</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>13.4.2019</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>19.1.2019</t>
+  </si>
+  <si>
+    <t>24.11.2018</t>
+  </si>
+  <si>
+    <t>17.11.2018</t>
+  </si>
+  <si>
+    <t>3.11.2018</t>
+  </si>
+  <si>
+    <t>29.9.2018</t>
+  </si>
+  <si>
+    <t>10.2.2018</t>
+  </si>
+  <si>
+    <t>2.12.2017</t>
+  </si>
+  <si>
+    <t>11.11.2017</t>
+  </si>
+  <si>
+    <t>28.10.2017</t>
+  </si>
+  <si>
+    <t>14.10.2017</t>
+  </si>
+  <si>
+    <t>18.3.2017</t>
+  </si>
+  <si>
+    <t>4.3.2017</t>
+  </si>
+  <si>
+    <t>18.2.2017</t>
+  </si>
+  <si>
+    <t>4.2.2017</t>
+  </si>
+  <si>
+    <t>5.11.2016</t>
+  </si>
+  <si>
+    <t>22.10.2016</t>
+  </si>
+  <si>
+    <t>17.9.2016</t>
+  </si>
+  <si>
+    <t>10.9.2016</t>
+  </si>
+  <si>
+    <t>2.4.2016</t>
+  </si>
+  <si>
+    <t>12.3.2016</t>
+  </si>
+  <si>
+    <t>14.2.2016</t>
+  </si>
+  <si>
+    <t>13.2.2016</t>
+  </si>
+  <si>
+    <t>23.1.2016</t>
+  </si>
+  <si>
+    <t>12.12.2015</t>
+  </si>
+  <si>
+    <t>5.12.2015</t>
+  </si>
+  <si>
+    <t>21.11.2015</t>
+  </si>
+  <si>
+    <t>7.11.2015</t>
+  </si>
+  <si>
+    <t>Milan Sekanina</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>28.2.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>6.12.2024</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>3.11.2023</t>
+  </si>
+  <si>
+    <t>13.10.2023</t>
+  </si>
+  <si>
+    <t>22.9.2023</t>
+  </si>
+  <si>
     <t>12.11.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...166 lines deleted...]
-  <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>Leopold Jašek</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>16.12.2021</t>
   </si>
   <si>
     <t>4.12.2021</t>
@@ -393,53 +396,50 @@
     <t>30.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>6.4.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>2.12.2022</t>
   </si>
   <si>
     <t>Michal Albrecht</t>
   </si>
   <si>
     <t>Matouš Krajzinger</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>3.2.2018</t>
   </si>
   <si>
     <t>13.1.2018</t>
   </si>
   <si>
     <t>19.11.2016</t>
   </si>
   <si>
     <t>1.10.2016</t>
   </si>
   <si>
     <t>3.4.2016</t>
   </si>
@@ -928,51 +928,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="S53" sqref="S53"/>
+      <selection activeCell="T53" sqref="T53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1045,138 +1045,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>541</v>
+      </c>
+      <c r="D4" s="4">
         <v>548</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>516</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>570</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>571</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>536</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>559</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>549</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>562</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>536</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>503</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>547</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>546</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>533</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>549</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>575</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>515</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>560</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>591</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>562</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>545</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>559</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>564</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>543</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>553</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>551</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>593</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>538</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>495</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1592,72 +1592,72 @@
       <c r="Q11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>86</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>87</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="7">
         <v>382</v>
       </c>
       <c r="D12" s="7">
         <v>442</v>
       </c>
       <c r="E12" s="7">
         <v>401</v>
       </c>
       <c r="F12" s="7">
         <v>419</v>
       </c>
       <c r="G12" s="7">
         <v>420</v>
       </c>
       <c r="H12" s="7">
         <v>389</v>
       </c>
       <c r="I12" s="7">
@@ -1808,141 +1808,141 @@
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
         <v>423</v>
       </c>
       <c r="D16" s="7">
         <v>404</v>
       </c>
       <c r="E16" s="7">
         <v>394</v>
       </c>
       <c r="F16" s="7">
         <v>411</v>
       </c>
       <c r="G16" s="7">
         <v>415</v>
       </c>
       <c r="H16" s="7">
@@ -2102,260 +2102,260 @@
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>501</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>117</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>6</v>
+        <v>118</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>120</v>
+        <v>26</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>121</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>127</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>514</v>
+      </c>
+      <c r="D24" s="4">
         <v>533</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>544</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>533</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>520</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>517</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>519</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>552</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>561</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>556</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>554</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>555</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>534</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>528</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>550</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>510</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>571</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>524</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>590</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>502</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>533</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>540</v>
       </c>
-      <c r="X24" s="7">
+      <c r="Y24" s="7">
         <v>453</v>
       </c>
-      <c r="Y24" s="7">
+      <c r="Z24" s="7">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="AA24" s="7">
         <v>457</v>
       </c>
       <c r="AB24" s="7">
+        <v>457</v>
+      </c>
+      <c r="AC24" s="7">
         <v>424</v>
       </c>
-      <c r="AC24" s="7">
+      <c r="AD24" s="7">
         <v>409</v>
       </c>
-      <c r="AD24" s="7">
+      <c r="AE24" s="7">
         <v>446</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2381,269 +2381,269 @@
       </c>
       <c r="P25" s="4">
         <v>120</v>
       </c>
       <c r="Q25" s="4">
         <v>120</v>
       </c>
       <c r="R25" s="4">
         <v>120</v>
       </c>
       <c r="S25" s="4">
         <v>120</v>
       </c>
       <c r="T25" s="4">
         <v>120</v>
       </c>
       <c r="U25" s="4">
         <v>120</v>
       </c>
       <c r="V25" s="4">
         <v>120</v>
       </c>
       <c r="W25" s="4">
         <v>120</v>
       </c>
-      <c r="X25" s="6">
-        <v>100</v>
+      <c r="X25" s="4">
+        <v>120</v>
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
-      <c r="AE25" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF25" s="4">
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>6</v>
+        <v>118</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>9</v>
+        <v>119</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>645</v>
+      </c>
+      <c r="D28" s="4">
         <v>600</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>591</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>598</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>587</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>555</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>637</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>650</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>605</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>618</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>613</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>611</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>636</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>559</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>629</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>563</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>625</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>591</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>621</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>618</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>583</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>627</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>607</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>625</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>595</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>635</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>562</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>586</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>639</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2714,57 +2714,57 @@
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>131</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>132</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>52</v>
       </c>
@@ -3002,224 +3002,224 @@
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>117</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>7</v>
+        <v>118</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>9</v>
+        <v>119</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE35" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF35" s="6" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>561</v>
+      </c>
+      <c r="D36" s="4">
         <v>552</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>524</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>541</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>533</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>564</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>590</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>561</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>547</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>528</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>543</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>527</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>581</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>577</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>557</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>551</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>548</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>585</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>536</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>586</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>563</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>590</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>592</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>560</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>553</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>584</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>567</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>549</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>570</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3284,230 +3284,230 @@
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>117</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>6</v>
+        <v>118</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>9</v>
+        <v>119</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>140</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>540</v>
+      </c>
+      <c r="D40" s="4">
         <v>599</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>565</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>542</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>564</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>580</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>563</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>556</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>566</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>527</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>561</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>583</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>579</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>533</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>582</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>590</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>570</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>610</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>530</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>543</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>579</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>568</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>555</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>579</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>593</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>547</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="AD40" s="4">
         <v>552</v>
       </c>
       <c r="AE40" s="4">
+        <v>552</v>
+      </c>
+      <c r="AF40" s="4">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
@@ -3569,135 +3569,135 @@
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>144</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>145</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>146</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>147</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>148</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>149</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>150</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>533</v>
       </c>
       <c r="D44" s="4">
         <v>570</v>
       </c>
       <c r="E44" s="4">
         <v>579</v>
       </c>
       <c r="F44" s="4">
         <v>554</v>
       </c>
       <c r="G44" s="4">
         <v>561</v>
       </c>
       <c r="H44" s="4">
@@ -3863,72 +3863,72 @@
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>153</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>38</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>150</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>151</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>131</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>132</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>46</v>
       </c>
@@ -4145,210 +4145,219 @@
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="D51" s="6" t="s">
+      <c r="E51" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="E51" s="6" t="s">
+      <c r="F51" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="F51" s="6" t="s">
+      <c r="G51" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="G51" s="6" t="s">
+      <c r="H51" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="H51" s="6" t="s">
+      <c r="I51" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="N51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O51" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="P51" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="S51" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="S51" s="6" t="s">
+      <c r="T51" s="6" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>511</v>
+      </c>
+      <c r="D52" s="4">
         <v>507</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>512</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>516</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="7">
         <v>414</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H52" s="7">
         <v>440</v>
       </c>
-      <c r="H52" s="7">
+      <c r="I52" s="7">
         <v>401</v>
       </c>
-      <c r="I52" s="7">
+      <c r="J52" s="7">
         <v>441</v>
       </c>
-      <c r="J52" s="7">
+      <c r="K52" s="7">
         <v>398</v>
       </c>
-      <c r="K52" s="7">
+      <c r="L52" s="7">
         <v>415</v>
       </c>
-      <c r="L52" s="7">
+      <c r="M52" s="7">
         <v>440</v>
       </c>
-      <c r="M52" s="7">
+      <c r="N52" s="7">
         <v>403</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>502</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>540</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>553</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>533</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>544</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>544</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="4">
         <v>120</v>
       </c>
       <c r="D53" s="4">
         <v>120</v>
       </c>
       <c r="E53" s="4">
         <v>120</v>
       </c>
-      <c r="F53" s="6">
-        <v>100</v>
+      <c r="F53" s="4">
+        <v>120</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
-      <c r="N53" s="4">
-        <v>120</v>
+      <c r="N53" s="6">
+        <v>100</v>
       </c>
       <c r="O53" s="4">
         <v>120</v>
       </c>
       <c r="P53" s="4">
         <v>120</v>
       </c>
       <c r="Q53" s="4">
         <v>120</v>
       </c>
       <c r="R53" s="4">
         <v>120</v>
       </c>
       <c r="S53" s="4">
+        <v>120</v>
+      </c>
+      <c r="T53" s="4">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>