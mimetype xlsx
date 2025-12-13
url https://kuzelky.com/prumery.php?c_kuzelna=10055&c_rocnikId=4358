--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Výsledky hráčů družstva TJ Unie Hlubina ˝D˝ na kuželně TJ Unie Hlubina</t>
   </si>
   <si>
     <t>Radmila Pastvová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
@@ -519,50 +519,53 @@
     <t>9.3.2015</t>
   </si>
   <si>
     <t>16.2.2015</t>
   </si>
   <si>
     <t>2.2.2015</t>
   </si>
   <si>
     <t>1.12.2014</t>
   </si>
   <si>
     <t>17.11.2014</t>
   </si>
   <si>
     <t>Libor Pšenica</t>
   </si>
   <si>
     <t>20.10.2025</t>
   </si>
   <si>
     <t>30.10.2017</t>
   </si>
   <si>
     <t>František Tříska</t>
+  </si>
+  <si>
+    <t>9.12.2025</t>
   </si>
   <si>
     <t>22.10.2024</t>
   </si>
   <si>
     <t>15.4.2024</t>
   </si>
   <si>
     <t>25.3.2024</t>
   </si>
   <si>
     <t>29.1.2024</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>9.10.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -3590,233 +3593,233 @@
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="Q39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="S39" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>171</v>
       </c>
       <c r="V39" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="W39" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>173</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>174</v>
       </c>
       <c r="Z39" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="AA39" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="AD39" s="6" t="s">
+      <c r="AE39" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>365</v>
+      </c>
+      <c r="D40" s="4">
         <v>402</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>376</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>354</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>371</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>381</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>399</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>437</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>413</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>346</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>388</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>389</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>402</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>355</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>349</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>356</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>385</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>407</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>430</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>357</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>349</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>390</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>420</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>449</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>396</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>367</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>403</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>440</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>423</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">