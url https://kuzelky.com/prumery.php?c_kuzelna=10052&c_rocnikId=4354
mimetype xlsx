--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Výsledky hráčů družstva TJ VOKD Poruba ˝B˝ na kuželně TJ Sokol Bohumín</t>
   </si>
   <si>
     <t>Zdeněk Hebda</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>14.10.2017</t>
   </si>
   <si>
     <t>21.3.2017</t>
   </si>
   <si>
     <t>14.2.2017</t>
   </si>
   <si>
@@ -237,50 +237,53 @@
     <t>22.2.2014</t>
   </si>
   <si>
     <t>13.9.2008</t>
   </si>
   <si>
     <t>Zdeněk Mžik</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>15.3.2016</t>
   </si>
   <si>
     <t>28.3.2014</t>
   </si>
   <si>
     <t>24.1.2014</t>
   </si>
   <si>
     <t>18.2.2010</t>
   </si>
   <si>
     <t>Richard Šimek</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>1.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>7.3.2019</t>
   </si>
   <si>
     <t>14.11.2015</t>
   </si>
   <si>
     <t>28.3.2015</t>
   </si>
   <si>
     <t>15.11.2013</t>
   </si>
@@ -1856,193 +1859,199 @@
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:30">
       <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="H35" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="I35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="M35" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="Q35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R35" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="S35" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="S35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T35" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="36" spans="1:30">
       <c r="B36" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C36" s="4">
+      <c r="C36" s="7">
+        <v>506</v>
+      </c>
+      <c r="D36" s="4">
         <v>407</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>399</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>411</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>421</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>413</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>406</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>367</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>410</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>382</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>449</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>426</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>411</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>418</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>436</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>448</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>396</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>397</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>388</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>404</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>437</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>407</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>378</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>389</v>
       </c>
     </row>
     <row r="37" spans="1:30">
       <c r="B37" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C37" s="6">
-        <v>100</v>
+      <c r="C37" s="7">
+        <v>120</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
@@ -2064,116 +2073,119 @@
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
+        <v>100</v>
+      </c>
+      <c r="Z37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:30">
       <c r="A39" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>42</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>49</v>
       </c>
@@ -2339,117 +2351,117 @@
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:30">
       <c r="A43" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="44" spans="1:30">
       <c r="B44" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C44" s="4">
         <v>453</v>
       </c>
       <c r="D44" s="4">
         <v>426</v>
       </c>
       <c r="E44" s="4">
         <v>405</v>
       </c>
       <c r="F44" s="4">
         <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:30">
       <c r="B45" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:30">
       <c r="A47" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:30">
       <c r="B48" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C48" s="4">
         <v>385</v>
       </c>
       <c r="D48" s="4">
         <v>431</v>
       </c>
       <c r="E48" s="4">
         <v>346</v>
       </c>
       <c r="F48" s="4">
@@ -2465,51 +2477,51 @@
     <row r="49" spans="1:30">
       <c r="B49" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:30">
       <c r="A51" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>70</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>55</v>
       </c>
@@ -2591,60 +2603,60 @@
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
       <c r="N53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:30">
       <c r="A55" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>69</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>3</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>44</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>45</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="56" spans="1:30">
       <c r="B56" s="5" t="s">
@@ -2690,66 +2702,66 @@
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">
         <v>100</v>
       </c>
       <c r="I57" s="6">
         <v>100</v>
       </c>
       <c r="J57" s="6">
         <v>100</v>
       </c>
       <c r="K57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:30">
       <c r="A59" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="60" spans="1:30">
       <c r="B60" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C60" s="4">
         <v>409</v>
       </c>
       <c r="D60" s="4">
         <v>351</v>
       </c>
       <c r="E60" s="4">
         <v>346</v>
       </c>
       <c r="F60" s="4">
         <v>367</v>
       </c>
       <c r="G60" s="4">