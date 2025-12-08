--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Výsledky hráčů družstva Sokol Přemyslovice  na kuželně Sokol Přemyslovice</t>
   </si>
   <si>
     <t>Petr Hájek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
@@ -461,84 +464,78 @@
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
     <t>Michal Oščádal</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
   <si>
     <t>17.2.2018</t>
   </si>
   <si>
-    <t>8.4.2017</t>
-[...1 lines deleted...]
-  <si>
     <t>Pavel Močár ml.</t>
   </si>
   <si>
     <t>6.12.2023</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
   <si>
     <t>17.11.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>27.1.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1006,264 +1003,273 @@
       </c>
       <c r="L3" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="R3" s="7" t="s">
         <v>18</v>
       </c>
       <c r="S3" s="7" t="s">
         <v>19</v>
       </c>
+      <c r="T3" s="7" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" s="4">
+        <v>530</v>
+      </c>
+      <c r="D4" s="4">
         <v>563</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>532</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>513</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>544</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>572</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>570</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>530</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>544</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>507</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>546</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>535</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>510</v>
       </c>
-      <c r="O4" s="5">
+      <c r="P4" s="5">
         <v>429</v>
       </c>
-      <c r="P4" s="5">
+      <c r="Q4" s="5">
         <v>472</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="R4" s="5">
         <v>430</v>
       </c>
-      <c r="R4" s="5">
+      <c r="S4" s="5">
         <v>412</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>508</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
         <v>120</v>
       </c>
       <c r="J5" s="4">
         <v>120</v>
       </c>
       <c r="K5" s="4">
         <v>120</v>
       </c>
       <c r="L5" s="4">
         <v>120</v>
       </c>
       <c r="M5" s="4">
         <v>120</v>
       </c>
       <c r="N5" s="4">
         <v>120</v>
       </c>
-      <c r="O5" s="7">
-        <v>100</v>
+      <c r="O5" s="4">
+        <v>120</v>
       </c>
       <c r="P5" s="7">
         <v>100</v>
       </c>
       <c r="Q5" s="7">
         <v>100</v>
       </c>
       <c r="R5" s="7">
         <v>100</v>
       </c>
-      <c r="S5" s="4">
+      <c r="S5" s="7">
+        <v>100</v>
+      </c>
+      <c r="T5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J7" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K7" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L7" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M7" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N7" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O7" s="7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P7" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q7" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R7" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S7" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T7" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U7" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V7" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="W7" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="X7" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Y7" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Z7" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AA7" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AB7" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AC7" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AD7" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AE7" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF7" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="4">
         <v>550</v>
       </c>
       <c r="D8" s="4">
         <v>538</v>
       </c>
       <c r="E8" s="4">
         <v>617</v>
       </c>
       <c r="F8" s="4">
         <v>520</v>
       </c>
       <c r="G8" s="4">
         <v>550</v>
       </c>
       <c r="H8" s="4">
         <v>552</v>
       </c>
       <c r="I8" s="4">
         <v>527</v>
       </c>
       <c r="J8" s="4">
         <v>548</v>
       </c>
@@ -1314,51 +1320,51 @@
       </c>
       <c r="Z8" s="4">
         <v>565</v>
       </c>
       <c r="AA8" s="4">
         <v>533</v>
       </c>
       <c r="AB8" s="4">
         <v>601</v>
       </c>
       <c r="AC8" s="4">
         <v>562</v>
       </c>
       <c r="AD8" s="4">
         <v>560</v>
       </c>
       <c r="AE8" s="4">
         <v>549</v>
       </c>
       <c r="AF8" s="4">
         <v>544</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
         <v>120</v>
       </c>
       <c r="J9" s="4">
         <v>120</v>
       </c>
@@ -1409,149 +1415,149 @@
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J11" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N11" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P11" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="S11" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="T11" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="U11" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="V11" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="X11" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Y11" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AA11" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AD11" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C12" s="4">
         <v>549</v>
       </c>
       <c r="D12" s="4">
         <v>532</v>
       </c>
       <c r="E12" s="4">
         <v>543</v>
       </c>
       <c r="F12" s="4">
         <v>508</v>
       </c>
       <c r="G12" s="4">
         <v>545</v>
       </c>
       <c r="H12" s="4">
         <v>507</v>
       </c>
       <c r="I12" s="4">
         <v>554</v>
       </c>
       <c r="J12" s="4">
         <v>565</v>
       </c>
@@ -1602,51 +1608,51 @@
       </c>
       <c r="Z12" s="4">
         <v>510</v>
       </c>
       <c r="AA12" s="4">
         <v>536</v>
       </c>
       <c r="AB12" s="4">
         <v>511</v>
       </c>
       <c r="AC12" s="4">
         <v>507</v>
       </c>
       <c r="AD12" s="4">
         <v>526</v>
       </c>
       <c r="AE12" s="4">
         <v>519</v>
       </c>
       <c r="AF12" s="4">
         <v>531</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
         <v>120</v>
       </c>
       <c r="J13" s="4">
         <v>120</v>
       </c>
@@ -1697,149 +1703,149 @@
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q15" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="V15" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Y15" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AA15" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AB15" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AD15" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AE15" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C16" s="4">
         <v>528</v>
       </c>
       <c r="D16" s="4">
         <v>528</v>
       </c>
       <c r="E16" s="4">
         <v>539</v>
       </c>
       <c r="F16" s="4">
         <v>497</v>
       </c>
       <c r="G16" s="4">
         <v>510</v>
       </c>
       <c r="H16" s="4">
         <v>532</v>
       </c>
       <c r="I16" s="5">
         <v>423</v>
       </c>
       <c r="J16" s="5">
         <v>469</v>
       </c>
@@ -1890,51 +1896,51 @@
       </c>
       <c r="Z16" s="5">
         <v>434</v>
       </c>
       <c r="AA16" s="5">
         <v>421</v>
       </c>
       <c r="AB16" s="5">
         <v>436</v>
       </c>
       <c r="AC16" s="5">
         <v>415</v>
       </c>
       <c r="AD16" s="5">
         <v>429</v>
       </c>
       <c r="AE16" s="5">
         <v>433</v>
       </c>
       <c r="AF16" s="5">
         <v>404</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>100</v>
       </c>
@@ -1985,116 +1991,116 @@
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C20" s="4">
         <v>544</v>
       </c>
       <c r="D20" s="4">
         <v>541</v>
       </c>
       <c r="E20" s="4">
         <v>535</v>
       </c>
       <c r="F20" s="4">
         <v>504</v>
       </c>
       <c r="G20" s="4">
         <v>543</v>
       </c>
       <c r="H20" s="4">
         <v>551</v>
       </c>
       <c r="I20" s="4">
         <v>509</v>
       </c>
       <c r="J20" s="4">
         <v>531</v>
       </c>
@@ -2112,51 +2118,51 @@
       </c>
       <c r="O20" s="5">
         <v>438</v>
       </c>
       <c r="P20" s="5">
         <v>468</v>
       </c>
       <c r="Q20" s="5">
         <v>431</v>
       </c>
       <c r="R20" s="5">
         <v>457</v>
       </c>
       <c r="S20" s="4">
         <v>509</v>
       </c>
       <c r="T20" s="5">
         <v>448</v>
       </c>
       <c r="U20" s="4">
         <v>546</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
         <v>120</v>
       </c>
       <c r="J21" s="4">
         <v>120</v>
       </c>
@@ -2174,244 +2180,244 @@
       </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
       <c r="P21" s="7">
         <v>100</v>
       </c>
       <c r="Q21" s="7">
         <v>100</v>
       </c>
       <c r="R21" s="7">
         <v>100</v>
       </c>
       <c r="S21" s="4">
         <v>120</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>10</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>54</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>56</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>110</v>
+        <v>63</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>111</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>65</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>112</v>
+        <v>66</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C24" s="4">
+        <v>586</v>
+      </c>
+      <c r="D24" s="4">
         <v>552</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>548</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>536</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="H24" s="4">
         <v>536</v>
       </c>
       <c r="I24" s="4">
+        <v>536</v>
+      </c>
+      <c r="J24" s="4">
         <v>515</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>564</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>575</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>581</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>589</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>540</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>527</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>513</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>554</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>545</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>543</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>592</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>528</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>559</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>557</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>568</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>550</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>571</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>551</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>503</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>561</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>559</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
         <v>120</v>
       </c>
       <c r="J25" s="4">
         <v>120</v>
       </c>
@@ -2462,244 +2468,244 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>56</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>60</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>61</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>111</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>66</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>67</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>70</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>114</v>
+        <v>71</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>115</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" s="4">
+        <v>550</v>
+      </c>
+      <c r="D28" s="4">
         <v>541</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>550</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>529</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>547</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>566</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>554</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>582</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>587</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>595</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>538</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>582</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>509</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>518</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>524</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>501</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>551</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>538</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>523</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>549</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>553</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>564</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>552</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>532</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>530</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>519</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>533</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>502</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>515</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
@@ -2750,149 +2756,149 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C32" s="5">
         <v>419</v>
       </c>
       <c r="D32" s="4">
         <v>498</v>
       </c>
       <c r="E32" s="5">
         <v>413</v>
       </c>
       <c r="F32" s="5">
         <v>386</v>
       </c>
       <c r="G32" s="4">
         <v>538</v>
       </c>
       <c r="H32" s="4">
         <v>512</v>
       </c>
       <c r="I32" s="4">
         <v>536</v>
       </c>
       <c r="J32" s="4">
         <v>526</v>
       </c>
@@ -2943,51 +2949,51 @@
       </c>
       <c r="Z32" s="4">
         <v>532</v>
       </c>
       <c r="AA32" s="4">
         <v>513</v>
       </c>
       <c r="AB32" s="4">
         <v>509</v>
       </c>
       <c r="AC32" s="4">
         <v>533</v>
       </c>
       <c r="AD32" s="4">
         <v>554</v>
       </c>
       <c r="AE32" s="4">
         <v>506</v>
       </c>
       <c r="AF32" s="4">
         <v>552</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
         <v>120</v>
       </c>
       <c r="J33" s="4">
         <v>120</v>
       </c>
@@ -3038,244 +3044,244 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>67</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C36" s="4">
+        <v>560</v>
+      </c>
+      <c r="D36" s="4">
         <v>486</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>547</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>579</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>555</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>532</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>550</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>526</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>539</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>551</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>555</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>527</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>563</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>499</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>527</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>536</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>571</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>524</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>549</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>551</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>479</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>514</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>559</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>560</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>517</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>487</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>534</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>539</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>508</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
         <v>120</v>
       </c>
       <c r="J37" s="4">
         <v>120</v>
       </c>
@@ -3326,149 +3332,149 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AC39" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C40" s="4">
         <v>492</v>
       </c>
       <c r="D40" s="5">
         <v>437</v>
       </c>
       <c r="E40" s="5">
         <v>432</v>
       </c>
       <c r="F40" s="5">
         <v>453</v>
       </c>
       <c r="G40" s="4">
         <v>510</v>
       </c>
       <c r="H40" s="5">
         <v>460</v>
       </c>
       <c r="I40" s="4">
         <v>489</v>
       </c>
       <c r="J40" s="5">
         <v>455</v>
       </c>
@@ -3519,51 +3525,51 @@
       </c>
       <c r="Z40" s="4">
         <v>564</v>
       </c>
       <c r="AA40" s="4">
         <v>535</v>
       </c>
       <c r="AB40" s="4">
         <v>562</v>
       </c>
       <c r="AC40" s="4">
         <v>525</v>
       </c>
       <c r="AD40" s="4">
         <v>519</v>
       </c>
       <c r="AE40" s="4">
         <v>508</v>
       </c>
       <c r="AF40" s="5">
         <v>408</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
       <c r="E41" s="7">
         <v>100</v>
       </c>
       <c r="F41" s="7">
         <v>100</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="7">
         <v>100</v>
       </c>
       <c r="I41" s="4">
         <v>120</v>
       </c>
       <c r="J41" s="7">
         <v>100</v>
       </c>
@@ -3614,149 +3620,149 @@
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AC43" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C44" s="4">
         <v>606</v>
       </c>
       <c r="D44" s="4">
         <v>538</v>
       </c>
       <c r="E44" s="4">
         <v>554</v>
       </c>
       <c r="F44" s="4">
         <v>565</v>
       </c>
       <c r="G44" s="4">
         <v>535</v>
       </c>
       <c r="H44" s="4">
         <v>533</v>
       </c>
       <c r="I44" s="5">
         <v>455</v>
       </c>
       <c r="J44" s="5">
         <v>448</v>
       </c>
@@ -3807,51 +3813,51 @@
       </c>
       <c r="Z44" s="5">
         <v>475</v>
       </c>
       <c r="AA44" s="4">
         <v>559</v>
       </c>
       <c r="AB44" s="4">
         <v>503</v>
       </c>
       <c r="AC44" s="5">
         <v>467</v>
       </c>
       <c r="AD44" s="5">
         <v>430</v>
       </c>
       <c r="AE44" s="5">
         <v>442</v>
       </c>
       <c r="AF44" s="5">
         <v>407</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="7">
         <v>100</v>
       </c>
       <c r="J45" s="7">
         <v>100</v>
       </c>
@@ -3902,149 +3908,149 @@
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="4">
         <v>120</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Y47" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AE47" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C48" s="4">
         <v>491</v>
       </c>
       <c r="D48" s="4">
         <v>507</v>
       </c>
       <c r="E48" s="5">
         <v>439</v>
       </c>
       <c r="F48" s="5">
         <v>401</v>
       </c>
       <c r="G48" s="5">
         <v>458</v>
       </c>
       <c r="H48" s="5">
         <v>453</v>
       </c>
       <c r="I48" s="5">
         <v>441</v>
       </c>
       <c r="J48" s="5">
         <v>430</v>
       </c>
@@ -4095,51 +4101,51 @@
       </c>
       <c r="Z48" s="4">
         <v>498</v>
       </c>
       <c r="AA48" s="5">
         <v>391</v>
       </c>
       <c r="AB48" s="5">
         <v>437</v>
       </c>
       <c r="AC48" s="5">
         <v>343</v>
       </c>
       <c r="AD48" s="5">
         <v>441</v>
       </c>
       <c r="AE48" s="5">
         <v>436</v>
       </c>
       <c r="AF48" s="5">
         <v>428</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C49" s="4">
         <v>120</v>
       </c>
       <c r="D49" s="4">
         <v>120</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>100</v>
       </c>
       <c r="G49" s="7">
         <v>100</v>
       </c>
       <c r="H49" s="7">
         <v>100</v>
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>100</v>
       </c>
@@ -4190,613 +4196,613 @@
       </c>
       <c r="Z49" s="4">
         <v>120</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>78</v>
+        <v>7</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>79</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>82</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>83</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>84</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>85</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>93</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>94</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>95</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="T51" s="7" t="s">
         <v>99</v>
       </c>
       <c r="U51" s="7" t="s">
         <v>100</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>135</v>
+        <v>101</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>143</v>
+        <v>116</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>144</v>
       </c>
       <c r="Z51" s="7" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="AA51" s="7" t="s">
-        <v>140</v>
+        <v>105</v>
       </c>
       <c r="AB51" s="7" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="AC51" s="7" t="s">
         <v>146</v>
       </c>
       <c r="AD51" s="7" t="s">
         <v>147</v>
       </c>
       <c r="AE51" s="7" t="s">
         <v>148</v>
       </c>
       <c r="AF51" s="7" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C52" s="4">
+        <v>565</v>
+      </c>
+      <c r="D52" s="4">
         <v>512</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>546</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>518</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>496</v>
       </c>
-      <c r="G52" s="5">
+      <c r="H52" s="5">
         <v>431</v>
       </c>
-      <c r="H52" s="5">
+      <c r="I52" s="5">
         <v>404</v>
       </c>
-      <c r="I52" s="5">
+      <c r="J52" s="5">
         <v>383</v>
       </c>
-      <c r="J52" s="5">
+      <c r="K52" s="5">
         <v>427</v>
       </c>
-      <c r="K52" s="5">
+      <c r="L52" s="5">
         <v>456</v>
       </c>
-      <c r="L52" s="5">
+      <c r="M52" s="5">
         <v>451</v>
       </c>
-      <c r="M52" s="5">
+      <c r="N52" s="5">
         <v>408</v>
       </c>
-      <c r="N52" s="5">
+      <c r="O52" s="5">
         <v>424</v>
       </c>
-      <c r="O52" s="5">
+      <c r="P52" s="5">
         <v>431</v>
       </c>
-      <c r="P52" s="5">
+      <c r="Q52" s="5">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="R52" s="5">
         <v>404</v>
       </c>
       <c r="S52" s="5">
+        <v>404</v>
+      </c>
+      <c r="T52" s="5">
         <v>433</v>
       </c>
-      <c r="T52" s="5">
+      <c r="U52" s="5">
         <v>417</v>
       </c>
-      <c r="U52" s="5">
+      <c r="V52" s="5">
         <v>436</v>
       </c>
-      <c r="V52" s="5">
+      <c r="W52" s="5">
         <v>411</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>523</v>
       </c>
-      <c r="X52" s="5">
+      <c r="Y52" s="5">
         <v>432</v>
       </c>
-      <c r="Y52" s="5">
+      <c r="Z52" s="5">
         <v>396</v>
       </c>
-      <c r="Z52" s="5">
+      <c r="AA52" s="5">
         <v>410</v>
       </c>
-      <c r="AA52" s="5">
+      <c r="AB52" s="5">
         <v>422</v>
       </c>
-      <c r="AB52" s="5">
+      <c r="AC52" s="5">
         <v>437</v>
       </c>
-      <c r="AC52" s="5">
+      <c r="AD52" s="5">
         <v>467</v>
       </c>
-      <c r="AD52" s="5">
+      <c r="AE52" s="5">
         <v>371</v>
       </c>
-      <c r="AE52" s="5">
+      <c r="AF52" s="5">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C53" s="4">
         <v>120</v>
       </c>
       <c r="D53" s="4">
         <v>120</v>
       </c>
       <c r="E53" s="4">
         <v>120</v>
       </c>
       <c r="F53" s="4">
         <v>120</v>
       </c>
-      <c r="G53" s="7">
-        <v>100</v>
+      <c r="G53" s="4">
+        <v>120</v>
       </c>
       <c r="H53" s="7">
         <v>100</v>
       </c>
       <c r="I53" s="7">
         <v>100</v>
       </c>
       <c r="J53" s="7">
         <v>100</v>
       </c>
       <c r="K53" s="7">
         <v>100</v>
       </c>
       <c r="L53" s="7">
         <v>100</v>
       </c>
       <c r="M53" s="7">
         <v>100</v>
       </c>
       <c r="N53" s="7">
         <v>100</v>
       </c>
       <c r="O53" s="7">
         <v>100</v>
       </c>
       <c r="P53" s="7">
         <v>100</v>
       </c>
       <c r="Q53" s="7">
         <v>100</v>
       </c>
       <c r="R53" s="7">
         <v>100</v>
       </c>
       <c r="S53" s="7">
         <v>100</v>
       </c>
       <c r="T53" s="7">
         <v>100</v>
       </c>
       <c r="U53" s="7">
         <v>100</v>
       </c>
       <c r="V53" s="7">
         <v>100</v>
       </c>
-      <c r="W53" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W53" s="7">
+        <v>100</v>
+      </c>
+      <c r="X53" s="4">
+        <v>120</v>
       </c>
       <c r="Y53" s="7">
         <v>100</v>
       </c>
       <c r="Z53" s="7">
         <v>100</v>
       </c>
       <c r="AA53" s="7">
         <v>100</v>
       </c>
       <c r="AB53" s="7">
         <v>100</v>
       </c>
       <c r="AC53" s="7">
         <v>100</v>
       </c>
       <c r="AD53" s="7">
         <v>100</v>
       </c>
       <c r="AE53" s="7">
         <v>100</v>
       </c>
       <c r="AF53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>54</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="M55" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="Q55" s="7" t="s">
         <v>57</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="S55" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="T55" s="7" t="s">
         <v>151</v>
       </c>
-      <c r="T55" s="7" t="s">
+      <c r="U55" s="7" t="s">
         <v>152</v>
       </c>
-      <c r="U55" s="7" t="s">
+      <c r="V55" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="V55" s="7" t="s">
+      <c r="W55" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="W55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X55" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y55" s="7" t="s">
         <v>155</v>
       </c>
-      <c r="Y55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z55" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="AA55" s="7" t="s">
         <v>156</v>
       </c>
-      <c r="AA55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB55" s="7" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="AC55" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD55" s="7" t="s">
         <v>157</v>
       </c>
-      <c r="AD55" s="7" t="s">
+      <c r="AE55" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="AE55" s="7" t="s">
+      <c r="AF55" s="7" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C56" s="4">
+        <v>550</v>
+      </c>
+      <c r="D56" s="4">
         <v>531</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>569</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>536</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>520</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>463</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>518</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>491</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>514</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>532</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>548</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>526</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>553</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>538</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>579</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>512</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>533</v>
       </c>
-      <c r="S56" s="5">
+      <c r="T56" s="5">
         <v>437</v>
       </c>
-      <c r="T56" s="5">
+      <c r="U56" s="5">
         <v>390</v>
       </c>
-      <c r="U56" s="5">
+      <c r="V56" s="5">
         <v>385</v>
       </c>
-      <c r="V56" s="5">
+      <c r="W56" s="5">
         <v>416</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>540</v>
       </c>
-      <c r="X56" s="5">
+      <c r="Y56" s="5">
         <v>413</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>512</v>
       </c>
-      <c r="Z56" s="5">
+      <c r="AA56" s="5">
         <v>414</v>
       </c>
-      <c r="AA56" s="5">
+      <c r="AB56" s="5">
         <v>456</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>545</v>
       </c>
-      <c r="AC56" s="5">
+      <c r="AD56" s="5">
         <v>364</v>
       </c>
-      <c r="AD56" s="5">
+      <c r="AE56" s="5">
         <v>418</v>
       </c>
-      <c r="AE56" s="5">
+      <c r="AF56" s="5">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C57" s="4">
         <v>120</v>
       </c>
       <c r="D57" s="4">
         <v>120</v>
       </c>
       <c r="E57" s="4">
         <v>120</v>
       </c>
       <c r="F57" s="4">
         <v>120</v>
       </c>
       <c r="G57" s="4">
         <v>120</v>
       </c>
       <c r="H57" s="4">
         <v>120</v>
       </c>
       <c r="I57" s="4">
         <v>120</v>
       </c>
       <c r="J57" s="4">
         <v>120</v>
       </c>
       <c r="K57" s="4">
         <v>120</v>
       </c>
       <c r="L57" s="4">
         <v>120</v>
       </c>
       <c r="M57" s="4">
         <v>120</v>
       </c>
       <c r="N57" s="4">
         <v>120</v>
       </c>
       <c r="O57" s="4">
         <v>120</v>
       </c>
       <c r="P57" s="4">
         <v>120</v>
       </c>
       <c r="Q57" s="4">
         <v>120</v>
       </c>
       <c r="R57" s="4">
         <v>120</v>
       </c>
-      <c r="S57" s="7">
-        <v>100</v>
+      <c r="S57" s="4">
+        <v>120</v>
       </c>
       <c r="T57" s="7">
         <v>100</v>
       </c>
       <c r="U57" s="7">
         <v>100</v>
       </c>
       <c r="V57" s="7">
         <v>100</v>
       </c>
-      <c r="W57" s="4">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="W57" s="7">
+        <v>100</v>
+      </c>
+      <c r="X57" s="4">
+        <v>120</v>
+      </c>
+      <c r="Y57" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z57" s="4">
+        <v>120</v>
       </c>
       <c r="AA57" s="7">
         <v>100</v>
       </c>
-      <c r="AB57" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AB57" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC57" s="4">
+        <v>120</v>
       </c>
       <c r="AD57" s="7">
         <v>100</v>
       </c>
       <c r="AE57" s="7">
         <v>100</v>
       </c>
       <c r="AF57" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>