--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Výsledky hráčů družstva KK Jiskra Rýmařov ˝B˝ na kuželně Sokol Přemyslovice</t>
   </si>
   <si>
     <t>Josef Pilatík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>17.2.2018</t>
   </si>
   <si>
@@ -81,50 +81,53 @@
     <t>9.10.2010</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jaroslav Heblák</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>7.1.2012</t>
   </si>
   <si>
     <t>Petr Charník</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>30.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>Tomáš Chárník</t>
   </si>
   <si>
     <t>Romana Valová</t>
   </si>
   <si>
     <t>21.10.2017</t>
   </si>
   <si>
     <t>Michal Ihnát</t>
   </si>
   <si>
     <t>17.10.2015</t>
   </si>
   <si>
     <t>Michal Dočkálek</t>
   </si>
@@ -844,235 +847,244 @@
         <v>120</v>
       </c>
       <c r="L9" s="5">
         <v>120</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>24</v>
       </c>
+      <c r="E11" s="7" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="12" spans="1:14">
       <c r="B12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="5">
+        <v>548</v>
+      </c>
+      <c r="D12" s="5">
         <v>519</v>
       </c>
-      <c r="D12" s="5">
+      <c r="E12" s="5">
         <v>489</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="B13" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="5">
         <v>120</v>
       </c>
       <c r="D13" s="5">
         <v>120</v>
       </c>
+      <c r="E13" s="5">
+        <v>120</v>
+      </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="B16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="5">
         <v>530</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="B17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="B20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="4">
         <v>444</v>
       </c>
       <c r="D20" s="4">
         <v>419</v>
       </c>
       <c r="E20" s="4">
         <v>427</v>
       </c>
       <c r="F20" s="4">
         <v>434</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="B21" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="B24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="4">
         <v>377</v>
       </c>
       <c r="D24" s="4">
         <v>418</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="B25" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="B28" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="B29" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="B32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="4">
         <v>421</v>
       </c>
       <c r="D32" s="4">
         <v>433</v>
       </c>
       <c r="E32" s="4">
         <v>375</v>
       </c>
       <c r="F32" s="4">
         <v>399</v>
       </c>
       <c r="G32" s="4">
         <v>435</v>
       </c>
       <c r="H32" s="4">
         <v>408</v>
       </c>
       <c r="I32" s="4">
@@ -1085,96 +1097,96 @@
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="B36" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="B37" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="B40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C40" s="4">
         <v>434</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="B41" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="B44" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C44" s="4">
         <v>405</v>
       </c>
       <c r="D44" s="4">
@@ -1184,60 +1196,60 @@
         <v>424</v>
       </c>
       <c r="F44" s="4">
         <v>409</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="B45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="B48" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C48" s="5">
         <v>482</v>
       </c>
       <c r="D48" s="5">
         <v>527</v>
       </c>
       <c r="E48" s="4">
         <v>398</v>
       </c>
       <c r="F48" s="4">
@@ -1247,51 +1259,51 @@
         <v>399</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="B49" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C49" s="5">
         <v>120</v>
       </c>
       <c r="D49" s="5">
         <v>120</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>100</v>
       </c>
       <c r="G49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="B52" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="B53" s="1" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>