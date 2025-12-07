--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Výsledky hráčů družstva TJ Jiskra Rýmařov ˝A˝ na kuželně Sokol Přemyslovice</t>
   </si>
   <si>
     <t>Josef Pilatík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>17.2.2018</t>
   </si>
   <si>
@@ -81,50 +81,53 @@
     <t>9.10.2010</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jaroslav Heblák</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>7.1.2012</t>
   </si>
   <si>
     <t>Jaroslav Tezzele</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>30.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>Štěpán Charník</t>
   </si>
   <si>
     <t>Věra Tomanová</t>
   </si>
   <si>
     <t>Milan Dědáček</t>
   </si>
@@ -580,453 +583,459 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:V37"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="M37" sqref="M37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" customHeight="1" ht="21">
+    <row r="1" spans="1:23" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:22">
+    <row r="3" spans="1:23">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="L3" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:22">
+    <row r="4" spans="1:23">
       <c r="B4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="4">
         <v>394</v>
       </c>
       <c r="D4" s="4">
         <v>399</v>
       </c>
       <c r="E4" s="4">
         <v>413</v>
       </c>
       <c r="F4" s="4">
         <v>445</v>
       </c>
       <c r="G4" s="5">
         <v>509</v>
       </c>
       <c r="H4" s="5">
         <v>459</v>
       </c>
       <c r="I4" s="5">
         <v>431</v>
       </c>
       <c r="J4" s="5">
         <v>504</v>
       </c>
       <c r="K4" s="5">
         <v>488</v>
       </c>
       <c r="L4" s="4">
         <v>427</v>
       </c>
       <c r="M4" s="4">
         <v>447</v>
       </c>
       <c r="N4" s="4">
         <v>398</v>
       </c>
     </row>
-    <row r="5" spans="1:22">
+    <row r="5" spans="1:23">
       <c r="B5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="7">
         <v>100</v>
       </c>
       <c r="D5" s="7">
         <v>100</v>
       </c>
       <c r="E5" s="7">
         <v>100</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="5">
         <v>120</v>
       </c>
       <c r="H5" s="5">
         <v>120</v>
       </c>
       <c r="I5" s="5">
         <v>120</v>
       </c>
       <c r="J5" s="5">
         <v>120</v>
       </c>
       <c r="K5" s="5">
         <v>120</v>
       </c>
       <c r="L5" s="7">
         <v>100</v>
       </c>
       <c r="M5" s="7">
         <v>100</v>
       </c>
       <c r="N5" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:22">
+    <row r="7" spans="1:23">
       <c r="A7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>19</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>20</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>9</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>10</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="8" spans="1:22">
+    <row r="8" spans="1:23">
       <c r="B8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="5">
         <v>465</v>
       </c>
       <c r="D8" s="4">
         <v>404</v>
       </c>
       <c r="E8" s="4">
         <v>429</v>
       </c>
       <c r="F8" s="4">
         <v>377</v>
       </c>
       <c r="G8" s="5">
         <v>478</v>
       </c>
       <c r="H8" s="5">
         <v>483</v>
       </c>
       <c r="I8" s="5">
         <v>504</v>
       </c>
       <c r="J8" s="5">
         <v>537</v>
       </c>
       <c r="K8" s="5">
         <v>515</v>
       </c>
       <c r="L8" s="5">
         <v>521</v>
       </c>
       <c r="M8" s="4">
         <v>406</v>
       </c>
       <c r="N8" s="4">
         <v>446</v>
       </c>
     </row>
-    <row r="9" spans="1:22">
+    <row r="9" spans="1:23">
       <c r="B9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="5">
         <v>120</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="5">
         <v>120</v>
       </c>
       <c r="H9" s="5">
         <v>120</v>
       </c>
       <c r="I9" s="5">
         <v>120</v>
       </c>
       <c r="J9" s="5">
         <v>120</v>
       </c>
       <c r="K9" s="5">
         <v>120</v>
       </c>
       <c r="L9" s="5">
         <v>120</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:22">
+    <row r="11" spans="1:23">
       <c r="A11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" s="7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="I11" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I11" s="7" t="s">
+      <c r="J11" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="J11" s="7" t="s">
+      <c r="K11" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="M11" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="M11" s="7" t="s">
+      <c r="N11" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="N11" s="7" t="s">
+      <c r="O11" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="O11" s="7" t="s">
+      <c r="P11" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="P11" s="7" t="s">
+      <c r="Q11" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="Q11" s="7" t="s">
+      <c r="R11" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="R11" s="7" t="s">
+      <c r="S11" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="S11" s="7" t="s">
+      <c r="T11" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="T11" s="7" t="s">
+      <c r="U11" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="U11" s="7" t="s">
+      <c r="V11" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="V11" s="7" t="s">
+      <c r="W11" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:22">
+    <row r="12" spans="1:23">
       <c r="B12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="5">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="D12" s="5">
         <v>541</v>
       </c>
       <c r="E12" s="5">
+        <v>541</v>
+      </c>
+      <c r="F12" s="5">
         <v>530</v>
       </c>
-      <c r="F12" s="5">
+      <c r="G12" s="5">
         <v>521</v>
       </c>
-      <c r="G12" s="5">
+      <c r="H12" s="5">
         <v>508</v>
       </c>
-      <c r="H12" s="5">
+      <c r="I12" s="5">
         <v>536</v>
       </c>
-      <c r="I12" s="5">
+      <c r="J12" s="5">
         <v>539</v>
       </c>
-      <c r="J12" s="5">
+      <c r="K12" s="5">
         <v>505</v>
       </c>
-      <c r="K12" s="5">
+      <c r="L12" s="5">
         <v>515</v>
       </c>
-      <c r="L12" s="5">
+      <c r="M12" s="5">
         <v>557</v>
       </c>
-      <c r="M12" s="5">
+      <c r="N12" s="5">
         <v>566</v>
       </c>
-      <c r="N12" s="5">
+      <c r="O12" s="5">
         <v>535</v>
       </c>
-      <c r="O12" s="5">
+      <c r="P12" s="5">
         <v>569</v>
       </c>
-      <c r="P12" s="5">
+      <c r="Q12" s="5">
         <v>535</v>
       </c>
-      <c r="Q12" s="5">
+      <c r="R12" s="5">
         <v>538</v>
       </c>
-      <c r="R12" s="5">
+      <c r="S12" s="5">
         <v>536</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="U12" s="4">
         <v>436</v>
       </c>
       <c r="V12" s="4">
+        <v>436</v>
+      </c>
+      <c r="W12" s="4">
         <v>389</v>
       </c>
     </row>
-    <row r="13" spans="1:22">
+    <row r="13" spans="1:23">
       <c r="B13" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="5">
         <v>120</v>
       </c>
       <c r="D13" s="5">
         <v>120</v>
       </c>
       <c r="E13" s="5">
         <v>120</v>
       </c>
       <c r="F13" s="5">
         <v>120</v>
       </c>
       <c r="G13" s="5">
         <v>120</v>
       </c>
       <c r="H13" s="5">
         <v>120</v>
       </c>
       <c r="I13" s="5">
         <v>120</v>
       </c>
       <c r="J13" s="5">
@@ -1034,485 +1043,488 @@
       </c>
       <c r="K13" s="5">
         <v>120</v>
       </c>
       <c r="L13" s="5">
         <v>120</v>
       </c>
       <c r="M13" s="5">
         <v>120</v>
       </c>
       <c r="N13" s="5">
         <v>120</v>
       </c>
       <c r="O13" s="5">
         <v>120</v>
       </c>
       <c r="P13" s="5">
         <v>120</v>
       </c>
       <c r="Q13" s="5">
         <v>120</v>
       </c>
       <c r="R13" s="5">
         <v>120</v>
       </c>
-      <c r="S13" s="7">
-        <v>100</v>
+      <c r="S13" s="5">
+        <v>120</v>
       </c>
       <c r="T13" s="7">
         <v>100</v>
       </c>
       <c r="U13" s="7">
         <v>100</v>
       </c>
       <c r="V13" s="7">
         <v>100</v>
       </c>
-    </row>
-    <row r="15" spans="1:22">
+      <c r="W13" s="7">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23">
       <c r="A15" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="16" spans="1:22">
+    <row r="16" spans="1:23">
       <c r="B16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="5">
         <v>500</v>
       </c>
       <c r="D16" s="4">
         <v>426</v>
       </c>
       <c r="E16" s="4">
         <v>421</v>
       </c>
     </row>
-    <row r="17" spans="1:22">
+    <row r="17" spans="1:23">
       <c r="B17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:22">
+    <row r="19" spans="1:23">
       <c r="A19" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="20" spans="1:22">
+    <row r="20" spans="1:23">
       <c r="B20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="4">
         <v>404</v>
       </c>
       <c r="D20" s="4">
         <v>451</v>
       </c>
       <c r="E20" s="4">
         <v>469</v>
       </c>
     </row>
-    <row r="21" spans="1:22">
+    <row r="21" spans="1:23">
       <c r="B21" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="23" spans="1:22">
+    <row r="23" spans="1:23">
       <c r="A23" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>20</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>10</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="24" spans="1:22">
+    <row r="24" spans="1:23">
       <c r="B24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="5">
         <v>534</v>
       </c>
       <c r="D24" s="5">
         <v>562</v>
       </c>
       <c r="E24" s="5">
         <v>568</v>
       </c>
       <c r="F24" s="5">
         <v>559</v>
       </c>
       <c r="G24" s="5">
         <v>539</v>
       </c>
       <c r="H24" s="4">
         <v>411</v>
       </c>
       <c r="I24" s="4">
         <v>413</v>
       </c>
       <c r="J24" s="4">
         <v>441</v>
       </c>
     </row>
-    <row r="25" spans="1:22">
+    <row r="25" spans="1:23">
       <c r="B25" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C25" s="5">
         <v>120</v>
       </c>
       <c r="D25" s="5">
         <v>120</v>
       </c>
       <c r="E25" s="5">
         <v>120</v>
       </c>
       <c r="F25" s="5">
         <v>120</v>
       </c>
       <c r="G25" s="5">
         <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:22">
+    <row r="27" spans="1:23">
       <c r="A27" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>19</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="28" spans="1:22">
+    <row r="28" spans="1:23">
       <c r="B28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="5">
         <v>514</v>
       </c>
       <c r="D28" s="5">
         <v>518</v>
       </c>
       <c r="E28" s="5">
         <v>517</v>
       </c>
       <c r="F28" s="5">
         <v>529</v>
       </c>
       <c r="G28" s="5">
         <v>470</v>
       </c>
       <c r="H28" s="5">
         <v>567</v>
       </c>
       <c r="I28" s="5">
         <v>560</v>
       </c>
       <c r="J28" s="5">
         <v>510</v>
       </c>
       <c r="K28" s="5">
         <v>533</v>
       </c>
       <c r="L28" s="5">
         <v>509</v>
       </c>
       <c r="M28" s="4">
         <v>459</v>
       </c>
       <c r="N28" s="4">
         <v>426</v>
       </c>
       <c r="O28" s="4">
         <v>430</v>
       </c>
     </row>
-    <row r="29" spans="1:22">
+    <row r="29" spans="1:23">
       <c r="B29" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
       <c r="D29" s="5">
         <v>120</v>
       </c>
       <c r="E29" s="5">
         <v>120</v>
       </c>
       <c r="F29" s="5">
         <v>120</v>
       </c>
       <c r="G29" s="5">
         <v>120</v>
       </c>
       <c r="H29" s="5">
         <v>120</v>
       </c>
       <c r="I29" s="5">
         <v>120</v>
       </c>
       <c r="J29" s="5">
         <v>120</v>
       </c>
       <c r="K29" s="5">
         <v>120</v>
       </c>
       <c r="L29" s="5">
         <v>120</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="31" spans="1:22">
+    <row r="31" spans="1:23">
       <c r="A31" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:22">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="32" spans="1:23">
       <c r="B32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="4">
         <v>380</v>
       </c>
     </row>
-    <row r="33" spans="1:22">
+    <row r="33" spans="1:23">
       <c r="B33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="35" spans="1:22">
+    <row r="35" spans="1:23">
       <c r="A35" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="36" spans="1:22">
+    <row r="36" spans="1:23">
       <c r="B36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="5">
         <v>535</v>
       </c>
       <c r="D36" s="4">
         <v>451</v>
       </c>
       <c r="E36" s="4">
         <v>439</v>
       </c>
       <c r="F36" s="4">
         <v>397</v>
       </c>
       <c r="G36" s="5">
         <v>550</v>
       </c>
       <c r="H36" s="5">
         <v>547</v>
       </c>
       <c r="I36" s="5">
         <v>544</v>
       </c>
       <c r="J36" s="5">
         <v>551</v>
       </c>
       <c r="K36" s="4">
         <v>402</v>
       </c>
       <c r="L36" s="4">
         <v>413</v>
       </c>
       <c r="M36" s="4">
         <v>438</v>
       </c>
     </row>
-    <row r="37" spans="1:22">
+    <row r="37" spans="1:23">
       <c r="B37" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="5">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="5">
         <v>120</v>
       </c>
       <c r="H37" s="5">
         <v>120</v>
       </c>
       <c r="I37" s="5">
         <v>120</v>
       </c>
       <c r="J37" s="5">