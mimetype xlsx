--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Výsledky hráčů družstva TJ  Odry ˝A˝ na kuželně TJ Odry</t>
   </si>
   <si>
     <t>Jan Šebek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>25.1.2014</t>
   </si>
   <si>
     <t>9.11.2013</t>
   </si>
   <si>
     <t>19.10.2013</t>
   </si>
   <si>
     <t>20.4.2013</t>
   </si>
   <si>
     <t>9.3.2013</t>
   </si>
   <si>
@@ -263,50 +263,53 @@
   <si>
     <t>26.4.2014</t>
   </si>
   <si>
     <t>12.4.2014</t>
   </si>
   <si>
     <t>29.3.2014</t>
   </si>
   <si>
     <t>15.3.2014</t>
   </si>
   <si>
     <t>15.2.2014</t>
   </si>
   <si>
     <t>30.11.2013</t>
   </si>
   <si>
     <t>2.11.2013</t>
   </si>
   <si>
     <t>Petr Dvorský</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>2.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>2.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
@@ -350,83 +353,83 @@
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
+    <t>Stanislav Ovšák</t>
+  </si>
+  <si>
+    <t>2.12.2023</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>4.11.2023</t>
+  </si>
+  <si>
+    <t>28.10.2023</t>
+  </si>
+  <si>
+    <t>23.9.2023</t>
+  </si>
+  <si>
+    <t>4.3.2023</t>
+  </si>
+  <si>
+    <t>18.2.2023</t>
+  </si>
+  <si>
+    <t>4.2.2023</t>
+  </si>
+  <si>
+    <t>26.11.2022</t>
+  </si>
+  <si>
     <t>19.11.2022</t>
   </si>
   <si>
-    <t>Stanislav Ovšák</t>
-[...28 lines deleted...]
-  <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>Jaroslav Lušovský</t>
   </si>
   <si>
     <t>22.3.2014</t>
   </si>
   <si>
     <t>1.12.2012</t>
   </si>
   <si>
     <t>17.11.2012</t>
   </si>
   <si>
     <t>20.10.2012</t>
   </si>
   <si>
     <t>6.10.2012</t>
   </si>
   <si>
     <t>29.9.2012</t>
@@ -506,117 +509,117 @@
   <si>
     <t>14.4.2018</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
   <si>
     <t>17.2.2018</t>
   </si>
   <si>
     <t>18.11.2017</t>
   </si>
   <si>
     <t>4.11.2017</t>
   </si>
   <si>
     <t>21.10.2017</t>
   </si>
   <si>
     <t>Marek Frydrych</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
+    <t>Jiří Brož</t>
+  </si>
+  <si>
+    <t>4.12.2015</t>
+  </si>
+  <si>
+    <t>11.9.2015</t>
+  </si>
+  <si>
+    <t>31.10.2014</t>
+  </si>
+  <si>
+    <t>3.10.2014</t>
+  </si>
+  <si>
+    <t>5.4.2014</t>
+  </si>
+  <si>
+    <t>8.3.2014</t>
+  </si>
+  <si>
+    <t>18.1.2014</t>
+  </si>
+  <si>
+    <t>7.12.2013</t>
+  </si>
+  <si>
+    <t>22.11.2013</t>
+  </si>
+  <si>
+    <t>26.10.2013</t>
+  </si>
+  <si>
+    <t>22.11.2012</t>
+  </si>
+  <si>
+    <t>8.11.2012</t>
+  </si>
+  <si>
+    <t>25.10.2012</t>
+  </si>
+  <si>
+    <t>11.10.2012</t>
+  </si>
+  <si>
+    <t>8.3.2012</t>
+  </si>
+  <si>
+    <t>8.2.2012</t>
+  </si>
+  <si>
+    <t>7.1.2012</t>
+  </si>
+  <si>
+    <t>10.12.2011</t>
+  </si>
+  <si>
+    <t>1.12.2011</t>
+  </si>
+  <si>
+    <t>17.11.2011</t>
+  </si>
+  <si>
+    <t>Karel Chlevišťan</t>
+  </si>
+  <si>
     <t>1.10.2022</t>
-  </si>
-[...64 lines deleted...]
-    <t>Karel Chlevišťan</t>
   </si>
   <si>
     <t>Roman Šíma ml.</t>
   </si>
   <si>
     <t>2.4.2011</t>
   </si>
   <si>
     <t>19.3.2011</t>
   </si>
   <si>
     <t>26.2.2011</t>
   </si>
   <si>
     <t>5.2.2011</t>
   </si>
   <si>
     <t>22.1.2011</t>
   </si>
   <si>
     <t>11.12.2010</t>
   </si>
   <si>
     <t>4.12.2010</t>
   </si>
@@ -1942,138 +1945,138 @@
       </c>
       <c r="AA15" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
+        <v>580</v>
+      </c>
+      <c r="D16" s="7">
         <v>553</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>608</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>597</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>577</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>590</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>574</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>569</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>582</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>570</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>600</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>644</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>605</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>606</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>531</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="R16" s="7">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="S16" s="7">
         <v>604</v>
       </c>
       <c r="T16" s="7">
+        <v>604</v>
+      </c>
+      <c r="U16" s="7">
         <v>620</v>
       </c>
-      <c r="U16" s="7">
+      <c r="V16" s="7">
         <v>542</v>
       </c>
-      <c r="V16" s="7">
+      <c r="W16" s="7">
         <v>595</v>
       </c>
-      <c r="W16" s="7">
+      <c r="X16" s="7">
         <v>570</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>546</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Z16" s="7">
         <v>560</v>
       </c>
-      <c r="Z16" s="7">
+      <c r="AA16" s="7">
         <v>544</v>
       </c>
-      <c r="AA16" s="7">
+      <c r="AB16" s="7">
         <v>599</v>
       </c>
-      <c r="AB16" s="7">
+      <c r="AC16" s="7">
         <v>507</v>
       </c>
-      <c r="AC16" s="7">
+      <c r="AD16" s="7">
         <v>563</v>
       </c>
-      <c r="AD16" s="7">
+      <c r="AE16" s="7">
         <v>577</v>
       </c>
-      <c r="AE16" s="7">
+      <c r="AF16" s="7">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
       <c r="G17" s="7">
         <v>120</v>
       </c>
       <c r="H17" s="7">
         <v>120</v>
       </c>
       <c r="I17" s="7">
@@ -2150,78 +2153,78 @@
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>114</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>116</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>117</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>118</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>119</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>120</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>121</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>122</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>61</v>
       </c>
@@ -2417,144 +2420,144 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>416</v>
       </c>
       <c r="D24" s="4">
         <v>433</v>
       </c>
       <c r="E24" s="4">
         <v>417</v>
       </c>
       <c r="F24" s="4">
         <v>378</v>
       </c>
       <c r="G24" s="4">
         <v>401</v>
       </c>
       <c r="H24" s="4">
         <v>405</v>
       </c>
       <c r="I24" s="4">
@@ -2705,180 +2708,180 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>425</v>
       </c>
       <c r="D28" s="4">
         <v>427</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>116</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>406</v>
       </c>
       <c r="D32" s="4">
         <v>445</v>
       </c>
       <c r="E32" s="4">
         <v>424</v>
       </c>
       <c r="F32" s="4">
         <v>427</v>
       </c>
       <c r="G32" s="4">
         <v>455</v>
       </c>
       <c r="H32" s="4">
         <v>438</v>
       </c>
       <c r="I32" s="4">
@@ -3029,239 +3032,239 @@
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>89</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>90</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>97</v>
+        <v>150</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>150</v>
+        <v>99</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>99</v>
+        <v>151</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>100</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>103</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>104</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>106</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>163</v>
+        <v>107</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>108</v>
+        <v>164</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>152</v>
+        <v>109</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>109</v>
+        <v>153</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
+        <v>630</v>
+      </c>
+      <c r="D36" s="7">
         <v>616</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>581</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>613</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>588</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>596</v>
       </c>
-      <c r="H36" s="7">
+      <c r="I36" s="7">
         <v>657</v>
       </c>
-      <c r="I36" s="7">
+      <c r="J36" s="7">
         <v>611</v>
       </c>
-      <c r="J36" s="7">
+      <c r="K36" s="7">
         <v>618</v>
       </c>
-      <c r="K36" s="7">
+      <c r="L36" s="7">
         <v>619</v>
       </c>
-      <c r="L36" s="7">
+      <c r="M36" s="7">
         <v>627</v>
       </c>
-      <c r="M36" s="7">
+      <c r="N36" s="7">
         <v>556</v>
       </c>
-      <c r="N36" s="7">
+      <c r="O36" s="7">
         <v>590</v>
       </c>
-      <c r="O36" s="7">
+      <c r="P36" s="7">
         <v>626</v>
       </c>
-      <c r="P36" s="7">
+      <c r="Q36" s="7">
         <v>609</v>
       </c>
-      <c r="Q36" s="7">
+      <c r="R36" s="7">
         <v>620</v>
       </c>
-      <c r="R36" s="7">
+      <c r="S36" s="7">
         <v>607</v>
       </c>
-      <c r="S36" s="7">
+      <c r="T36" s="7">
         <v>622</v>
       </c>
-      <c r="T36" s="7">
+      <c r="U36" s="7">
         <v>597</v>
       </c>
-      <c r="U36" s="7">
+      <c r="V36" s="7">
         <v>615</v>
       </c>
-      <c r="V36" s="7">
+      <c r="W36" s="7">
         <v>657</v>
       </c>
-      <c r="W36" s="7">
+      <c r="X36" s="7">
         <v>610</v>
       </c>
-      <c r="X36" s="7">
+      <c r="Y36" s="7">
         <v>640</v>
       </c>
-      <c r="Y36" s="7">
+      <c r="Z36" s="7">
         <v>555</v>
       </c>
-      <c r="Z36" s="7">
+      <c r="AA36" s="7">
         <v>636</v>
       </c>
-      <c r="AA36" s="7">
+      <c r="AB36" s="7">
         <v>608</v>
       </c>
-      <c r="AB36" s="7">
+      <c r="AC36" s="7">
         <v>649</v>
       </c>
-      <c r="AC36" s="7">
+      <c r="AD36" s="7">
         <v>594</v>
       </c>
-      <c r="AD36" s="7">
+      <c r="AE36" s="7">
         <v>570</v>
       </c>
-      <c r="AE36" s="7">
+      <c r="AF36" s="7">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
       <c r="F37" s="7">
         <v>120</v>
       </c>
       <c r="G37" s="7">
         <v>120</v>
       </c>
       <c r="H37" s="7">
         <v>120</v>
       </c>
       <c r="I37" s="7">
@@ -3338,84 +3341,84 @@
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>166</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>167</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>169</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>170</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>171</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>172</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>173</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>174</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>175</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>176</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>177</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>178</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>179</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>180</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>181</v>
       </c>
@@ -3620,224 +3623,224 @@
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>92</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>97</v>
+        <v>150</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>150</v>
+        <v>99</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>99</v>
+        <v>151</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>104</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>105</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>106</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>163</v>
+        <v>107</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>108</v>
+        <v>164</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>152</v>
+        <v>109</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>109</v>
+        <v>153</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>153</v>
+        <v>111</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>155</v>
+        <v>187</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>64</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
+        <v>556</v>
+      </c>
+      <c r="D44" s="7">
         <v>572</v>
       </c>
-      <c r="D44" s="7">
+      <c r="E44" s="7">
         <v>598</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="7">
         <v>553</v>
       </c>
-      <c r="F44" s="7">
+      <c r="G44" s="7">
         <v>588</v>
       </c>
-      <c r="G44" s="7">
+      <c r="H44" s="7">
         <v>597</v>
       </c>
-      <c r="H44" s="7">
+      <c r="I44" s="7">
         <v>596</v>
       </c>
-      <c r="I44" s="7">
+      <c r="J44" s="7">
         <v>623</v>
       </c>
-      <c r="J44" s="7">
+      <c r="K44" s="7">
         <v>583</v>
       </c>
-      <c r="K44" s="7">
+      <c r="L44" s="7">
         <v>622</v>
       </c>
-      <c r="L44" s="7">
+      <c r="M44" s="7">
         <v>615</v>
       </c>
-      <c r="M44" s="7">
+      <c r="N44" s="7">
         <v>611</v>
       </c>
-      <c r="N44" s="7">
+      <c r="O44" s="7">
         <v>615</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P44" s="7">
         <v>596</v>
       </c>
-      <c r="P44" s="7">
+      <c r="Q44" s="7">
         <v>587</v>
       </c>
-      <c r="Q44" s="7">
+      <c r="R44" s="7">
         <v>555</v>
       </c>
-      <c r="R44" s="7">
+      <c r="S44" s="7">
         <v>579</v>
       </c>
-      <c r="S44" s="7">
+      <c r="T44" s="7">
         <v>627</v>
       </c>
-      <c r="T44" s="7">
+      <c r="U44" s="7">
         <v>638</v>
       </c>
-      <c r="U44" s="7">
+      <c r="V44" s="7">
         <v>591</v>
       </c>
-      <c r="V44" s="7">
+      <c r="W44" s="7">
         <v>588</v>
       </c>
-      <c r="W44" s="7">
+      <c r="X44" s="7">
         <v>615</v>
       </c>
-      <c r="X44" s="7">
+      <c r="Y44" s="7">
         <v>566</v>
       </c>
-      <c r="Y44" s="7">
+      <c r="Z44" s="7">
         <v>598</v>
       </c>
-      <c r="Z44" s="7">
+      <c r="AA44" s="7">
         <v>559</v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AB44" s="7">
         <v>592</v>
       </c>
-      <c r="AB44" s="7">
+      <c r="AC44" s="7">
         <v>521</v>
       </c>
-      <c r="AC44" s="7">
+      <c r="AD44" s="7">
         <v>622</v>
       </c>
-      <c r="AD44" s="7">
+      <c r="AE44" s="7">
         <v>594</v>
       </c>
-      <c r="AE44" s="7">
+      <c r="AF44" s="7">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="7">
         <v>120</v>
       </c>
       <c r="D45" s="7">
         <v>120</v>
       </c>
       <c r="E45" s="7">
         <v>120</v>
       </c>
       <c r="F45" s="7">
         <v>120</v>
       </c>
       <c r="G45" s="7">
         <v>120</v>
       </c>
       <c r="H45" s="7">
         <v>120</v>
       </c>
       <c r="I45" s="7">
@@ -3887,90 +3890,90 @@
       </c>
       <c r="X45" s="7">
         <v>120</v>
       </c>
       <c r="Y45" s="7">
         <v>120</v>
       </c>
       <c r="Z45" s="7">
         <v>120</v>
       </c>
       <c r="AA45" s="7">
         <v>120</v>
       </c>
       <c r="AB45" s="7">
         <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>120</v>
       </c>
       <c r="AD45" s="7">
         <v>120</v>
       </c>
       <c r="AE45" s="7">
         <v>120</v>
       </c>
-      <c r="AF45" s="6">
-        <v>100</v>
+      <c r="AF45" s="7">
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>428</v>
       </c>
       <c r="D48" s="4">
         <v>435</v>
       </c>
       <c r="E48" s="4">
         <v>427</v>
       </c>
       <c r="F48" s="4">
         <v>403</v>
       </c>
       <c r="G48" s="4">
         <v>375</v>
       </c>
       <c r="H48" s="4">
         <v>415</v>
       </c>
       <c r="I48" s="4">
@@ -4001,138 +4004,138 @@
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="O51" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P51" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="V51" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>114</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>115</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>116</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>117</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>118</v>
       </c>
       <c r="AC51" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AD51" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>119</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>433</v>
       </c>
       <c r="D52" s="4">
         <v>394</v>
       </c>
       <c r="E52" s="4">
         <v>444</v>
       </c>
       <c r="F52" s="4">
         <v>410</v>
       </c>
       <c r="G52" s="4">
@@ -4289,105 +4292,105 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>48</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N55" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>49</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>50</v>
       </c>
       <c r="S55" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
         <v>386</v>
       </c>
       <c r="D56" s="4">
         <v>422</v>
       </c>
       <c r="E56" s="4">
         <v>417</v>
       </c>
       <c r="F56" s="4">
         <v>386</v>
       </c>
       <c r="G56" s="4">
         <v>433</v>
       </c>
       <c r="H56" s="4">