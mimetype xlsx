--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Sedlnice ˝A˝ na kuželně TJ Sokol Sedlnice</t>
   </si>
   <si>
     <t>Rostislav Kletenský</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -110,161 +113,161 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>7.10.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jaroslav Chvostek</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>9.11.2019</t>
+  </si>
+  <si>
+    <t>19.10.2019</t>
+  </si>
+  <si>
+    <t>28.9.2019</t>
+  </si>
+  <si>
+    <t>14.9.2019</t>
+  </si>
+  <si>
+    <t>23.3.2019</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>16.2.2019</t>
+  </si>
+  <si>
+    <t>2.2.2019</t>
+  </si>
+  <si>
+    <t>12.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>20.10.2018</t>
+  </si>
+  <si>
+    <t>29.9.2018</t>
+  </si>
+  <si>
+    <t>19.9.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>7.4.2018</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>3.3.2018</t>
+  </si>
+  <si>
+    <t>24.2.2018</t>
+  </si>
+  <si>
+    <t>10.2.2018</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>2.12.2017</t>
+  </si>
+  <si>
+    <t>11.4.2015</t>
+  </si>
+  <si>
+    <t>4.4.2015</t>
+  </si>
+  <si>
+    <t>Milan Janyška</t>
+  </si>
+  <si>
+    <t>19.10.2024</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
     <t>10.12.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...106 lines deleted...]
-  <si>
     <t>Stanislav Brejcha</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>4.2.2017</t>
   </si>
   <si>
     <t>2.4.2016</t>
   </si>
   <si>
     <t>12.3.2016</t>
   </si>
   <si>
     <t>27.2.2016</t>
   </si>
   <si>
     <t>13.2.2016</t>
   </si>
   <si>
     <t>23.1.2016</t>
   </si>
   <si>
     <t>12.12.2015</t>
@@ -323,177 +326,177 @@
   <si>
     <t>23.11.2013</t>
   </si>
   <si>
     <t>16.11.2013</t>
   </si>
   <si>
     <t>2.11.2013</t>
   </si>
   <si>
     <t>Jan Stuchlík</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
+    <t>Jaroslav Tobola</t>
+  </si>
+  <si>
+    <t>15.9.2018</t>
+  </si>
+  <si>
+    <t>17.3.2018</t>
+  </si>
+  <si>
+    <t>17.2.2018</t>
+  </si>
+  <si>
+    <t>3.2.2018</t>
+  </si>
+  <si>
+    <t>13.1.2018</t>
+  </si>
+  <si>
+    <t>4.11.2017</t>
+  </si>
+  <si>
+    <t>21.3.2015</t>
+  </si>
+  <si>
+    <t>21.2.2015</t>
+  </si>
+  <si>
+    <t>31.1.2015</t>
+  </si>
+  <si>
+    <t>10.1.2015</t>
+  </si>
+  <si>
+    <t>22.11.2014</t>
+  </si>
+  <si>
+    <t>18.10.2014</t>
+  </si>
+  <si>
+    <t>4.10.2014</t>
+  </si>
+  <si>
+    <t>13.9.2014</t>
+  </si>
+  <si>
+    <t>5.4.2014</t>
+  </si>
+  <si>
+    <t>8.3.2014</t>
+  </si>
+  <si>
+    <t>22.2.2014</t>
+  </si>
+  <si>
+    <t>8.2.2014</t>
+  </si>
+  <si>
+    <t>18.1.2014</t>
+  </si>
+  <si>
+    <t>11.1.2014</t>
+  </si>
+  <si>
+    <t>Miroslav Mikulský</t>
+  </si>
+  <si>
+    <t>Ivo Stuchlík</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
+    <t>27.4.2013</t>
+  </si>
+  <si>
+    <t>13.4.2013</t>
+  </si>
+  <si>
+    <t>23.3.2013</t>
+  </si>
+  <si>
+    <t>2.3.2013</t>
+  </si>
+  <si>
+    <t>23.2.2013</t>
+  </si>
+  <si>
+    <t>2.2.2013</t>
+  </si>
+  <si>
+    <t>12.1.2013</t>
+  </si>
+  <si>
+    <t>24.11.2012</t>
+  </si>
+  <si>
+    <t>10.11.2012</t>
+  </si>
+  <si>
+    <t>27.10.2012</t>
+  </si>
+  <si>
+    <t>13.10.2012</t>
+  </si>
+  <si>
+    <t>22.9.2012</t>
+  </si>
+  <si>
+    <t>13.4.2012</t>
+  </si>
+  <si>
+    <t>30.3.2012</t>
+  </si>
+  <si>
+    <t>16.3.2012</t>
+  </si>
+  <si>
+    <t>2.3.2012</t>
+  </si>
+  <si>
+    <t>Adam Chvostek</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
     <t>12.2.2022</t>
-  </si>
-[...124 lines deleted...]
-    <t>26.3.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>Martin Juřica</t>
   </si>
   <si>
     <t>14.10.2017</t>
   </si>
   <si>
     <t>27.9.2014</t>
   </si>
   <si>
     <t>26.10.2013</t>
   </si>
   <si>
     <t>19.10.2013</t>
   </si>
   <si>
     <t>28.9.2013</t>
   </si>
@@ -1141,158 +1144,158 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>447</v>
+      </c>
+      <c r="D4" s="4">
         <v>460</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F4" s="4">
         <v>413</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
+        <v>413</v>
+      </c>
+      <c r="H4" s="5">
         <v>404</v>
       </c>
-      <c r="H4" s="5">
+      <c r="I4" s="5">
         <v>434</v>
       </c>
-      <c r="I4" s="5">
+      <c r="J4" s="5">
         <v>431</v>
       </c>
-      <c r="J4" s="5">
+      <c r="K4" s="5">
         <v>439</v>
       </c>
-      <c r="K4" s="5">
+      <c r="L4" s="5">
         <v>450</v>
       </c>
-      <c r="L4" s="5">
+      <c r="M4" s="5">
         <v>441</v>
       </c>
-      <c r="M4" s="5">
+      <c r="N4" s="5">
         <v>395</v>
       </c>
-      <c r="N4" s="5">
+      <c r="O4" s="5">
         <v>411</v>
       </c>
-      <c r="O4" s="5">
+      <c r="P4" s="5">
         <v>483</v>
       </c>
-      <c r="P4" s="5">
+      <c r="Q4" s="5">
         <v>439</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="R4" s="5">
         <v>454</v>
       </c>
-      <c r="R4" s="5">
+      <c r="S4" s="5">
         <v>433</v>
       </c>
-      <c r="S4" s="5">
+      <c r="T4" s="5">
         <v>425</v>
       </c>
-      <c r="T4" s="5">
+      <c r="U4" s="5">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="V4" s="5">
         <v>431</v>
       </c>
       <c r="W4" s="5">
+        <v>431</v>
+      </c>
+      <c r="X4" s="5">
         <v>424</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>445</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>423</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>426</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>432</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>465</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>452</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>423</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
-      <c r="G5" s="7">
-        <v>100</v>
+      <c r="G5" s="4">
+        <v>120</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
       <c r="I5" s="7">
         <v>100</v>
       </c>
       <c r="J5" s="7">
         <v>100</v>
       </c>
       <c r="K5" s="7">
         <v>100</v>
       </c>
       <c r="L5" s="7">
         <v>100</v>
       </c>
       <c r="M5" s="7">
         <v>100</v>
       </c>
       <c r="N5" s="7">
         <v>100</v>
       </c>
       <c r="O5" s="7">
         <v>100</v>
       </c>
@@ -1622,138 +1625,138 @@
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J11" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P11" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="S11" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="T11" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="U11" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="V11" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="X11" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Y11" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA11" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AD11" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>416</v>
       </c>
       <c r="D12" s="4">
         <v>427</v>
       </c>
       <c r="E12" s="4">
         <v>412</v>
       </c>
       <c r="F12" s="4">
         <v>425</v>
       </c>
       <c r="G12" s="5">
         <v>422</v>
       </c>
       <c r="H12" s="5">
         <v>471</v>
       </c>
       <c r="I12" s="5">
@@ -1904,144 +1907,144 @@
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q15" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="V15" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Y15" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AA15" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AB15" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AD15" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AE15" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
         <v>439</v>
       </c>
       <c r="D16" s="5">
         <v>450</v>
       </c>
       <c r="E16" s="5">
         <v>417</v>
       </c>
       <c r="F16" s="5">
         <v>413</v>
       </c>
       <c r="G16" s="5">
         <v>431</v>
       </c>
       <c r="H16" s="5">
         <v>416</v>
       </c>
       <c r="I16" s="5">
@@ -2192,256 +2195,256 @@
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K19" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="L19" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="L19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>18</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>25</v>
       </c>
       <c r="T19" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="U19" s="7" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>28</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>29</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>30</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>31</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>100</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>101</v>
       </c>
       <c r="AD19" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="AE19" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>429</v>
+      </c>
+      <c r="D20" s="4">
         <v>430</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>432</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>385</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>419</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>448</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>431</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>448</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>413</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>421</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>403</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>433</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>434</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>416</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>432</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>399</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>403</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>440</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>412</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>427</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>440</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>424</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>426</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>414</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>427</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>429</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>434</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>446</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>442</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
-      <c r="F21" s="7">
-        <v>100</v>
+      <c r="F21" s="4">
+        <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
@@ -2786,241 +2789,241 @@
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="L27" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="M27" s="7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>16</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>20</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>23</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>446</v>
+      </c>
+      <c r="D28" s="4">
         <v>420</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>409</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>389</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>413</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>407</v>
       </c>
-      <c r="H28" s="5">
+      <c r="I28" s="5">
         <v>443</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>419</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="L28" s="5">
         <v>423</v>
       </c>
       <c r="M28" s="5">
+        <v>423</v>
+      </c>
+      <c r="N28" s="5">
         <v>413</v>
       </c>
-      <c r="N28" s="5">
+      <c r="O28" s="5">
         <v>424</v>
       </c>
-      <c r="O28" s="5">
+      <c r="P28" s="5">
         <v>418</v>
       </c>
-      <c r="P28" s="5">
+      <c r="Q28" s="5">
         <v>434</v>
       </c>
-      <c r="Q28" s="5">
+      <c r="R28" s="5">
         <v>439</v>
       </c>
-      <c r="R28" s="5">
+      <c r="S28" s="5">
         <v>416</v>
       </c>
-      <c r="S28" s="5">
+      <c r="T28" s="5">
         <v>391</v>
       </c>
-      <c r="T28" s="5">
+      <c r="U28" s="5">
         <v>417</v>
       </c>
-      <c r="U28" s="5">
+      <c r="V28" s="5">
         <v>398</v>
       </c>
-      <c r="V28" s="5">
+      <c r="W28" s="5">
         <v>419</v>
       </c>
-      <c r="W28" s="5">
+      <c r="X28" s="5">
         <v>412</v>
       </c>
-      <c r="X28" s="5">
+      <c r="Y28" s="5">
         <v>432</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>420</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>394</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="AC28" s="5">
         <v>422</v>
       </c>
       <c r="AD28" s="5">
+        <v>422</v>
+      </c>
+      <c r="AE28" s="5">
         <v>430</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
-      <c r="G29" s="7">
-        <v>100</v>
+      <c r="G29" s="4">
+        <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
@@ -3350,126 +3353,126 @@
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>67</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>145</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>36</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>39</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>427</v>
       </c>
       <c r="D36" s="4">
         <v>406</v>
       </c>
       <c r="E36" s="4">
@@ -3632,144 +3635,144 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>112</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>113</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>114</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>115</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>116</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>117</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>118</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>120</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>121</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>123</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>128</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>129</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>130</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>132</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>133</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>135</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>136</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>140</v>
       </c>
       <c r="AD39" s="7" t="s">
         <v>141</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
         <v>388</v>
       </c>
       <c r="D40" s="5">
         <v>417</v>
       </c>
       <c r="E40" s="5">
         <v>416</v>
       </c>
       <c r="F40" s="5">
         <v>434</v>
       </c>
       <c r="G40" s="5">
         <v>430</v>
       </c>
       <c r="H40" s="5">
         <v>420</v>
       </c>
       <c r="I40" s="5">
@@ -3920,75 +3923,75 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>131</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>134</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
         <v>388</v>
       </c>
       <c r="D44" s="5">
         <v>412</v>
       </c>
       <c r="E44" s="5">
         <v>400</v>
       </c>
       <c r="F44" s="5">
         <v>403</v>
       </c>
       <c r="G44" s="5">
         <v>352</v>
       </c>
       <c r="H44" s="5">
         <v>409</v>
       </c>
       <c r="I44" s="5">
@@ -4001,144 +4004,144 @@
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
       <c r="G45" s="7">
         <v>100</v>
       </c>
       <c r="H45" s="7">
         <v>100</v>
       </c>
       <c r="I45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>42</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>43</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>53</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>54</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>55</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>58</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>61</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>62</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="T47" s="7" t="s">
         <v>113</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>115</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="Y47" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AE47" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="5">
         <v>359</v>
       </c>
       <c r="D48" s="5">
         <v>360</v>
       </c>
       <c r="E48" s="5">
         <v>402</v>
       </c>
       <c r="F48" s="5">
         <v>363</v>
       </c>
       <c r="G48" s="5">
         <v>428</v>
       </c>
       <c r="H48" s="5">
         <v>385</v>
       </c>
       <c r="I48" s="5">
@@ -4289,96 +4292,96 @@
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">
         <v>408</v>
       </c>
       <c r="D52" s="5">
         <v>392</v>
       </c>
       <c r="E52" s="5">
         <v>414</v>
       </c>
       <c r="F52" s="5">
         <v>401</v>
       </c>
       <c r="G52" s="5">
         <v>383</v>
       </c>
       <c r="H52" s="5">
         <v>379</v>
       </c>
       <c r="I52" s="5">
@@ -4433,120 +4436,120 @@
       </c>
       <c r="J53" s="7">
         <v>100</v>
       </c>
       <c r="K53" s="7">
         <v>100</v>
       </c>
       <c r="L53" s="7">
         <v>100</v>
       </c>
       <c r="M53" s="7">
         <v>100</v>
       </c>
       <c r="N53" s="7">
         <v>100</v>
       </c>
       <c r="O53" s="7">
         <v>100</v>
       </c>
       <c r="P53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I55" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="T55" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="U55" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="V55" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="W55" s="7" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="X55" s="7" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="5">
         <v>359</v>
       </c>
       <c r="D56" s="5">
         <v>395</v>
       </c>
       <c r="E56" s="5">
         <v>371</v>
       </c>
       <c r="F56" s="5">
         <v>375</v>
       </c>
       <c r="G56" s="5">
         <v>402</v>
       </c>
       <c r="H56" s="5">
         <v>369</v>
       </c>
       <c r="I56" s="5">
@@ -4649,51 +4652,51 @@
       </c>
       <c r="R57" s="7">
         <v>100</v>
       </c>
       <c r="S57" s="7">
         <v>100</v>
       </c>
       <c r="T57" s="7">
         <v>100</v>
       </c>
       <c r="U57" s="7">
         <v>100</v>
       </c>
       <c r="V57" s="7">
         <v>100</v>
       </c>
       <c r="W57" s="7">
         <v>100</v>
       </c>
       <c r="X57" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>127</v>
       </c>
       <c r="D59" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>40</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>42</v>
       </c>
       <c r="I59" s="7" t="s">
         <v>43</v>
       </c>
@@ -4724,54 +4727,54 @@
       <c r="R59" s="7" t="s">
         <v>105</v>
       </c>
       <c r="S59" s="7" t="s">
         <v>57</v>
       </c>
       <c r="T59" s="7" t="s">
         <v>106</v>
       </c>
       <c r="U59" s="7" t="s">
         <v>59</v>
       </c>
       <c r="V59" s="7" t="s">
         <v>107</v>
       </c>
       <c r="W59" s="7" t="s">
         <v>108</v>
       </c>
       <c r="X59" s="7" t="s">
         <v>109</v>
       </c>
       <c r="Y59" s="7" t="s">
         <v>110</v>
       </c>
       <c r="Z59" s="7" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AA59" s="7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="AB59" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AC59" s="7" t="s">
         <v>65</v>
       </c>
       <c r="AD59" s="7" t="s">
         <v>111</v>
       </c>
       <c r="AE59" s="7" t="s">
         <v>113</v>
       </c>
       <c r="AF59" s="7" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="5">
         <v>401</v>
       </c>
       <c r="D60" s="5">