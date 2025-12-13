--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Výsledky hráčů družstva SKK Jeseník ˝A˝ na kuželně SKK Jeseník</t>
   </si>
   <si>
     <t>Jiří Vrba</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>20.10.2025</t>
   </si>
   <si>
     <t>26.2.2024</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>23.3.2019</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>10.10.2015</t>
   </si>
   <si>
     <t>11.4.2015</t>
   </si>
   <si>
     <t>4.4.2015</t>
   </si>
   <si>
     <t>7.3.2015</t>
   </si>
   <si>
     <t>21.2.2015</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Miroslav Vala</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>14.12.2024</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
@@ -209,264 +212,267 @@
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
+    <t>Petr Šulák</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
+    <t>3.11.2025</t>
+  </si>
+  <si>
+    <t>27.11.2023</t>
+  </si>
+  <si>
+    <t>6.11.2023</t>
+  </si>
+  <si>
+    <t>5.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>15.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>14.9.2019</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>19.1.2019</t>
+  </si>
+  <si>
+    <t>12.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>27.10.2018</t>
+  </si>
+  <si>
+    <t>13.10.2018</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>13.1.2018</t>
+  </si>
+  <si>
+    <t>Václav Smejkal</t>
+  </si>
+  <si>
+    <t>22.11.2025</t>
+  </si>
+  <si>
+    <t>8.11.2025</t>
+  </si>
+  <si>
+    <t>4.10.2025</t>
+  </si>
+  <si>
+    <t>20.9.2025</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>15.3.2025</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>Jaromíra Smejkalová</t>
+  </si>
+  <si>
+    <t>7.4.2023</t>
+  </si>
+  <si>
+    <t>Michal Smejkal</t>
+  </si>
+  <si>
+    <t>19.3.2016</t>
+  </si>
+  <si>
+    <t>5.3.2016</t>
+  </si>
+  <si>
+    <t>27.9.2014</t>
+  </si>
+  <si>
+    <t>13.9.2014</t>
+  </si>
+  <si>
+    <t>26.10.2013</t>
+  </si>
+  <si>
+    <t>7.10.2011</t>
+  </si>
+  <si>
+    <t>2.4.2011</t>
+  </si>
+  <si>
+    <t>5.3.2011</t>
+  </si>
+  <si>
+    <t>12.2.2011</t>
+  </si>
+  <si>
+    <t>15.1.2011</t>
+  </si>
+  <si>
+    <t>4.12.2010</t>
+  </si>
+  <si>
+    <t>23.10.2010</t>
+  </si>
+  <si>
+    <t>2.10.2010</t>
+  </si>
+  <si>
+    <t>18.9.2010</t>
+  </si>
+  <si>
+    <t>17.4.2010</t>
+  </si>
+  <si>
+    <t>27.3.2010</t>
+  </si>
+  <si>
+    <t>6.3.2010</t>
+  </si>
+  <si>
+    <t>13.2.2010</t>
+  </si>
+  <si>
+    <t>23.1.2010</t>
+  </si>
+  <si>
+    <t>28.11.2009</t>
+  </si>
+  <si>
+    <t>7.11.2009</t>
+  </si>
+  <si>
+    <t>24.10.2009</t>
+  </si>
+  <si>
+    <t>17.10.2009</t>
+  </si>
+  <si>
+    <t>3.10.2009</t>
+  </si>
+  <si>
+    <t>Jiří Fárek</t>
+  </si>
+  <si>
+    <t>Jana Fousková</t>
+  </si>
+  <si>
+    <t>2.12.2025</t>
+  </si>
+  <si>
+    <t>27.10.2025</t>
+  </si>
+  <si>
+    <t>15.9.2025</t>
+  </si>
+  <si>
+    <t>15.4.2024</t>
+  </si>
+  <si>
+    <t>8.4.2024</t>
+  </si>
+  <si>
+    <t>11.3.2024</t>
+  </si>
+  <si>
+    <t>22.1.2024</t>
+  </si>
+  <si>
+    <t>4.12.2023</t>
+  </si>
+  <si>
+    <t>13.11.2023</t>
+  </si>
+  <si>
+    <t>30.10.2023</t>
+  </si>
+  <si>
     <t>26.2.2022</t>
-  </si>
-[...211 lines deleted...]
-    <t>30.10.2023</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>Pavel Hannig</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>Tereza Moravcová</t>
   </si>
@@ -1302,147 +1308,147 @@
         <v>59</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="4">
+      <c r="C8" s="7">
+        <v>550</v>
+      </c>
+      <c r="D8" s="4">
         <v>447</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>471</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>455</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>485</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>431</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>433</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>449</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>440</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>420</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>440</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>389</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>484</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>436</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>439</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>450</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>451</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>468</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>493</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>484</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>468</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>459</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>505</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>485</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>436</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>469</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>461</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>441</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>424</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="6">
-        <v>100</v>
+      <c r="C9" s="7">
+        <v>120</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
         <v>100</v>
       </c>
       <c r="K9" s="6">
         <v>100</v>
       </c>
@@ -1535,194 +1541,194 @@
       <c r="H11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q11" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V11" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="W11" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>86</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>87</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AA11" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="AC11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD11" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>375</v>
+      </c>
+      <c r="D12" s="4">
         <v>386</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>403</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>412</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>405</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>411</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>394</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>412</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>422</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>456</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>420</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>386</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>437</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>403</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>427</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>409</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>456</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>419</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>400</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>371</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>455</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>420</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>440</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>419</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>422</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>456</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>406</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>410</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>438</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1778,259 +1784,259 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>95</v>
+        <v>37</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AD15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AE15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AE15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF15" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
         <v>533</v>
       </c>
       <c r="D16" s="7">
+        <v>533</v>
+      </c>
+      <c r="E16" s="7">
         <v>527</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>532</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>503</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>465</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>474</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>443</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>429</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>445</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>429</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>445</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>458</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>452</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>444</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>485</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>460</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>434</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>430</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>461</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>439</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>463</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>480</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>437</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>463</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>469</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>481</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>484</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>482</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
-      <c r="G17" s="6">
-        <v>100</v>
+      <c r="G17" s="7">
+        <v>120</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
@@ -2066,144 +2072,144 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>443</v>
       </c>
       <c r="D20" s="4">
         <v>402</v>
       </c>
       <c r="E20" s="4">
         <v>478</v>
       </c>
       <c r="F20" s="4">
         <v>439</v>
       </c>
       <c r="G20" s="4">
         <v>455</v>
       </c>
       <c r="H20" s="4">
         <v>448</v>
       </c>
       <c r="I20" s="4">
@@ -2354,259 +2360,259 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>94</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>95</v>
+        <v>37</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
+        <v>592</v>
+      </c>
+      <c r="D24" s="7">
         <v>518</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>538</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>500</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>522</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>458</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>477</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>444</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>472</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>439</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>460</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>450</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>431</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>425</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>476</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>453</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>448</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>452</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>464</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>469</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>465</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>499</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>420</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>473</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>502</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>440</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>453</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>424</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>379</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="7">
         <v>120</v>
       </c>
-      <c r="G25" s="6">
-        <v>100</v>
+      <c r="G25" s="7">
+        <v>120</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
@@ -2648,138 +2654,138 @@
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>447</v>
       </c>
       <c r="D28" s="4">
         <v>473</v>
       </c>
       <c r="E28" s="4">
         <v>443</v>
       </c>
       <c r="F28" s="4">
         <v>434</v>
       </c>
       <c r="G28" s="4">
         <v>443</v>
       </c>
       <c r="H28" s="4">
         <v>429</v>
       </c>
       <c r="I28" s="4">
@@ -2930,259 +2936,259 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>94</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>95</v>
+        <v>37</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>96</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
+        <v>536</v>
+      </c>
+      <c r="D32" s="7">
         <v>534</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>535</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>583</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>539</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>423</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>503</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>496</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>480</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>504</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>487</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>454</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>447</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>471</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>466</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>475</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>457</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>432</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>437</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>464</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>486</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>413</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>480</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>460</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>434</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>472</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>448</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>489</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>454</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
-      <c r="G33" s="6">
-        <v>100</v>
+      <c r="G33" s="7">
+        <v>120</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
@@ -3218,259 +3224,259 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="6" t="s">
-        <v>129</v>
+        <v>95</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>131</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>132</v>
+        <v>98</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>45</v>
+        <v>133</v>
       </c>
       <c r="Q35" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R35" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>49</v>
+        <v>135</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>135</v>
+        <v>50</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>69</v>
+        <v>136</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>136</v>
+        <v>70</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>51</v>
+        <v>137</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="AB35" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AC35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD35" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>70</v>
+        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>447</v>
+      </c>
+      <c r="D36" s="4">
         <v>438</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>412</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>377</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>512</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>436</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>429</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>392</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>410</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>419</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>404</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>433</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>421</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>401</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>437</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>378</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>399</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>387</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>441</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>417</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>428</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>427</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>414</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>461</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>463</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>424</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>477</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>451</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>467</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
-      <c r="F37" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="F37" s="6">
+        <v>100</v>
+      </c>
+      <c r="G37" s="7">
+        <v>120</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
@@ -3506,144 +3512,144 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
         <v>510</v>
       </c>
       <c r="D40" s="4">
         <v>426</v>
       </c>
       <c r="E40" s="4">
         <v>445</v>
       </c>
       <c r="F40" s="4">
         <v>425</v>
       </c>
       <c r="G40" s="4">
         <v>468</v>
       </c>
       <c r="H40" s="4">
         <v>467</v>
       </c>
       <c r="I40" s="4">
@@ -3794,235 +3800,241 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>94</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>131</v>
+        <v>41</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>73</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>74</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T43" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="U43" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="U43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V43" s="6" t="s">
-        <v>143</v>
+        <v>81</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>81</v>
+        <v>145</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>83</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AA43" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB43" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AB43" s="6" t="s">
-        <v>145</v>
+      <c r="AC43" s="6" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
+        <v>503</v>
+      </c>
+      <c r="D44" s="7">
         <v>493</v>
       </c>
-      <c r="D44" s="7">
+      <c r="E44" s="7">
         <v>517</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="7">
         <v>488</v>
       </c>
-      <c r="F44" s="7">
+      <c r="G44" s="7">
         <v>480</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>394</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>459</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>443</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>461</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>426</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>414</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>395</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>374</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>404</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>445</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>376</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>384</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>388</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="V44" s="4">
         <v>420</v>
       </c>
       <c r="W44" s="4">
+        <v>420</v>
+      </c>
+      <c r="X44" s="4">
         <v>410</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>435</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>407</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>423</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>382</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>387</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="7">
         <v>120</v>
       </c>
       <c r="D45" s="7">
         <v>120</v>
       </c>
       <c r="E45" s="7">
         <v>120</v>
       </c>
       <c r="F45" s="7">
         <v>120</v>
       </c>
-      <c r="G45" s="6">
-        <v>100</v>
+      <c r="G45" s="7">
+        <v>120</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
         <v>100</v>
       </c>
       <c r="J45" s="6">
         <v>100</v>
       </c>
       <c r="K45" s="6">
         <v>100</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
@@ -4041,264 +4053,267 @@
       <c r="T45" s="6">
         <v>100</v>
       </c>
       <c r="U45" s="6">
         <v>100</v>
       </c>
       <c r="V45" s="6">
         <v>100</v>
       </c>
       <c r="W45" s="6">
         <v>100</v>
       </c>
       <c r="X45" s="6">
         <v>100</v>
       </c>
       <c r="Y45" s="6">
         <v>100</v>
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>94</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>95</v>
+        <v>37</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>96</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>130</v>
+        <v>40</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>131</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>132</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>46</v>
+        <v>133</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>133</v>
+        <v>47</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>47</v>
+        <v>134</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>134</v>
+        <v>48</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>48</v>
+        <v>135</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>50</v>
+        <v>137</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="X47" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y47" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="Y47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z47" s="6" t="s">
-        <v>139</v>
+        <v>64</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
+        <v>515</v>
+      </c>
+      <c r="D48" s="7">
         <v>518</v>
       </c>
-      <c r="D48" s="7">
+      <c r="E48" s="7">
         <v>521</v>
       </c>
-      <c r="E48" s="7">
+      <c r="F48" s="7">
         <v>505</v>
       </c>
-      <c r="F48" s="7">
+      <c r="G48" s="7">
         <v>516</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>396</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>446</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>444</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>468</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>410</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>430</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>417</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>398</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>416</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>403</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>432</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>359</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>427</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>440</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>429</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>484</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>411</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>453</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>417</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>446</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>472</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>445</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>450</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>435</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>120</v>
       </c>
       <c r="D49" s="7">
         <v>120</v>
       </c>
       <c r="E49" s="7">
         <v>120</v>
       </c>
       <c r="F49" s="7">
         <v>120</v>
       </c>
-      <c r="G49" s="6">
-        <v>100</v>
+      <c r="G49" s="7">
+        <v>120</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>