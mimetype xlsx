--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -365,96 +365,96 @@
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>27.10.2025</t>
   </si>
   <si>
     <t>15.4.2024</t>
   </si>
   <si>
     <t>22.1.2024</t>
   </si>
   <si>
     <t>4.12.2023</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>10.12.2016</t>
   </si>
   <si>
     <t>Alena Vrbová</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>15.9.2025</t>
   </si>
   <si>
     <t>15.11.2014</t>
   </si>
   <si>
     <t>4.4.2014</t>
   </si>
   <si>
     <t>8.11.2013</t>
   </si>
   <si>
     <t>25.10.2013</t>
   </si>
   <si>
     <t>19.10.2013</t>
   </si>
   <si>
     <t>8.2.2013</t>
   </si>
   <si>
     <t>18.1.2013</t>
   </si>
   <si>
     <t>11.1.2013</t>
   </si>
   <si>
     <t>7.12.2012</t>
   </si>
   <si>
     <t>23.11.2012</t>
   </si>
   <si>
     <t>9.11.2012</t>
   </si>
   <si>
     <t>19.10.2012</t>
   </si>
   <si>
     <t>30.3.2012</t>
   </si>
   <si>
     <t>16.3.2012</t>
-  </si>
-[...1 lines deleted...]
-    <t>2.3.2012</t>
   </si>
   <si>
     <t>Jiří Fárek</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
@@ -2462,233 +2462,233 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="N23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O23" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>120</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>121</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>131</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>376</v>
+      </c>
+      <c r="D24" s="4">
         <v>452</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>391</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>400</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>383</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>408</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>389</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>382</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>401</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>376</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>387</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>423</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>393</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>419</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>421</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>390</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>404</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>422</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>392</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>404</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>396</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>415</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>419</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>396</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>416</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>425</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>375</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>394</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>398</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -3116,51 +3116,51 @@
       <c r="U31" s="6" t="s">
         <v>147</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>148</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>149</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>150</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>151</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>152</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>153</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>154</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>155</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>475</v>
       </c>
       <c r="D32" s="4">
         <v>393</v>
       </c>
       <c r="E32" s="4">
         <v>468</v>
       </c>
       <c r="F32" s="4">
@@ -3758,253 +3758,253 @@
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="G43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="I43" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="J43" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="K43" s="6" t="s">
+      <c r="L43" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="L43" s="6" t="s">
+      <c r="M43" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="M43" s="6" t="s">
+      <c r="N43" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="Q43" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Q43" s="6" t="s">
+      <c r="R43" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="S43" s="6" t="s">
+      <c r="T43" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="V43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AC43" s="6" t="s">
+      <c r="AD43" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="AD43" s="6" t="s">
+      <c r="AE43" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="AE43" s="6" t="s">
+      <c r="AF43" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>447</v>
+      </c>
+      <c r="D44" s="4">
         <v>438</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>412</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>377</v>
       </c>
-      <c r="F44" s="7">
+      <c r="G44" s="7">
         <v>512</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>436</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>429</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>392</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>410</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>419</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>404</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>433</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>421</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>401</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>437</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>378</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>399</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>387</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>441</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>417</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>428</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>427</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>414</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>461</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>463</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>424</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>477</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>451</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>467</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
-      <c r="F45" s="7">
+      <c r="F45" s="6">
+        <v>100</v>
+      </c>
+      <c r="G45" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
         <v>100</v>
       </c>
       <c r="J45" s="6">
         <v>100</v>
       </c>
       <c r="K45" s="6">
         <v>100</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
@@ -4046,250 +4046,250 @@
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="E47" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="F47" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="F47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="L47" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="N47" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="Q47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R47" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="S47" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="S47" s="6" t="s">
+      <c r="T47" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="T47" s="6" t="s">
+      <c r="U47" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="AA47" s="6" t="s">
+      <c r="AB47" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AB47" s="6" t="s">
+      <c r="AC47" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AE47" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="AE47" s="6" t="s">
+      <c r="AF47" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>437</v>
+      </c>
+      <c r="D48" s="4">
         <v>428</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>411</v>
       </c>
-      <c r="E48" s="7">
+      <c r="F48" s="7">
         <v>456</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>407</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>356</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>382</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>401</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>392</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>385</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>408</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>449</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>432</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>444</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>425</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>427</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>434</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>407</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>395</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>422</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>448</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>437</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>402</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>390</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>406</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>417</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="AD48" s="4">
         <v>388</v>
       </c>
       <c r="AE48" s="4">
+        <v>388</v>
+      </c>
+      <c r="AF48" s="4">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
-      <c r="E49" s="7">
+      <c r="E49" s="6">
+        <v>100</v>
+      </c>
+      <c r="F49" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
@@ -4346,51 +4346,51 @@
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>134</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>113</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>172</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>89</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>169</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>170</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>176</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>177</v>
       </c>