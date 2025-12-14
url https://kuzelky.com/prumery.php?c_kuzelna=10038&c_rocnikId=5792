--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Výsledky hráčů družstva KK Lipník nad Bečvou ˝B˝ na kuželně TJ  Prostějov</t>
   </si>
   <si>
     <t>Jaroslav Pěcha</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>28.10.2016</t>
   </si>
   <si>
     <t>6.11.2010</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jaroslav Koppa</t>
   </si>
   <si>
@@ -84,50 +84,53 @@
     <t>31.10.2009</t>
   </si>
   <si>
     <t>Martin Sekanina</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>6.4.2023</t>
   </si>
   <si>
     <t>1.12.2022</t>
   </si>
   <si>
     <t>24.3.2022</t>
   </si>
   <si>
     <t>Vojtěch Onderka</t>
   </si>
   <si>
     <t>Michal Dolejš</t>
+  </si>
+  <si>
+    <t>9.12.2025</t>
   </si>
   <si>
     <t>Jaroslav Peřina</t>
   </si>
   <si>
     <t>13.10.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -809,144 +812,153 @@
     <row r="17" spans="1:10">
       <c r="B17" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="4">
+        <v>443</v>
+      </c>
+      <c r="D20" s="4">
         <v>398</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>381</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>403</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>411</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>377</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>381</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>366</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
+      <c r="J21" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="4">
         <v>430</v>
       </c>
       <c r="D24" s="4">
         <v>440</v>
       </c>
       <c r="E24" s="4">
         <v>417</v>
       </c>
       <c r="F24" s="4">